--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -54,5620 +54,5620 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATM</t>
   </si>
   <si>
     <t>Ato da Mesa</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1787/ato_da_mesa_no_001.2023_-_credto_adicional_suplem..pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1787/ato_da_mesa_no_001.2023_-_credto_adicional_suplem..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 102.500,00.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>ATPR</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1850/ato_da_presidencia_no_001.2023_-_eleicao_vice-pr_pdf.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1850/ato_da_presidencia_no_001.2023_-_eleicao_vice-pr_pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para eleição do cargo de Vice-Presidente da Câmara Municipal de São Mateus do Sul para a Legislatura 2021-2024, mandato 2023-2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1855/ato_da_presidencia_no_002.2023_-_eleicao_ouvidor.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1855/ato_da_presidencia_no_002.2023_-_eleicao_ouvidor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para eleição do cargo de Ouvidor da Câmara Municipal, conforme Resolução nº 003, de 9 de março de 2015.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emendas_no_001_002_003_e_004.2023_pl_musicos_locais.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emendas_no_001_002_003_e_004.2023_pl_musicos_locais.pdf</t>
   </si>
   <si>
     <t>EMENDAS Nº 001, 002, 003 E 004/2023 AO PROJETO DE LEI DO LEGISLATIVO Nº 004/2023</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_no_005.2023_-_irineu_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_no_005.2023_-_irineu_v2.pdf</t>
   </si>
   <si>
     <t>EMENDA N° 005/2023 AO PROJETO DE RESOLUÇÃO Nº 001/2023: Altera o artigo 2º do Projeto de Resolução nº 001/2023.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/emenda_no_006.2023.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/emenda_no_006.2023.pdf</t>
   </si>
   <si>
     <t>Adiciona o §3º ao artigo 1º ao Projeto de Lei nº 018/2023 que dispõe sobre a implantação de segurança nas escolas da rede municipal de ensino do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1735/emenda_no_007.2023_ao_pll_no_016.2023_-_jorge.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1735/emenda_no_007.2023_ao_pll_no_016.2023_-_jorge.pdf</t>
   </si>
   <si>
     <t>Adiciona a alínea “h”, inciso “I”, no Art. 4º e o Parágrafo único no Art. 4º ao Projeto de Lei do Legislativo nº 016/2023.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no_001.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no_001.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a pavimentação asfáltica das seguintes ruas:_x000D_
 ❖ Rua Eduardo Sprada – Vila Pinheirinho, nas proximidades da Rua Casemiro Witkowski;_x000D_
 ❖ Rua Dr. Paulo Fortes – Vila Pinheirinho, nas proximidades da Rua Casemiro Witkowski;_x000D_
 ❖ Rua Manoel Furtado Neves – Vila Pinheirinho, nas proximidades da Rua Casemiro Witkowski; e_x000D_
 ❖ Rua Nossa Senhora do Rocio – Vila Pinheirinho, nas proximidades da Rua Casemiro Witkowski.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no_002.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no_002.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de meio-fio na Rua Antônio Carneiro Portes Neto – Vila Amaral, nas proximidades com a Rua R. Rodolfo Von Linsingen.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/indicacao_no_003.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/indicacao_no_003.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma do Posto de Saúde da comunidade Fartura do Potinga.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/indicacao_no_004.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/indicacao_no_004.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a trocar lâmpada queimada no município, abrangendo o Centro, todos os Bairros, Vilas e comunidades no interior de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no_005.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no_005.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a Secretaria de Obras realizar um estudo para a construção de uma capela no cemitério do Taquaral.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_no_006.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_no_006.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a Secretaria de Obras verificar a cobertura da Capela do Cemitério Municipal na Rua Ulisses Faria, está com muita goteiras.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no_007.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no_007.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Estudo para implantação de Guardas Municipais</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_no_008.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_no_008.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a pintura de faixas de sinalização das ruas  dos seguintes bairros:_x000D_
 ❖ Vila Nepomuceno;_x000D_
 ❖ Vila Nova; e_x000D_
 ❖ Vila Bom Jesus.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Valter Przywitowski, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_no_009.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_no_009.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria de Obras e responsáveis para que seja realizado alargamento nas pontes de concreto que cruza o Rio Turvo, sendo nas seguintes comunidades: Turvo de Baixo (sendo duas: uma na estrada velha sentido fazendinha e a outra na estrada principal), Turvo de Cima e Turvo Barracas. _x000D_
 Além disso, na comunidade do Faxinal dos Elias existem três pontes de concretos que estão localizados em diversos rios/córregos, ao longo da estrada principal sentido do município do Rio Azul.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_no_010.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_no_010.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado trabalhos de manutenção nas estradas rurais principais, secundarias e terciarias de competência do município nas seguintes localidades: Faxinal dos Elias, Turvo de Baixo, Caitá, Fazendinha, Turvo Barracas.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_no_011.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_no_011.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado trabalhos de manutenção nas estradas rurais principais, secundarias e terciarias de competência do município nas seguintes localidades: Lageado, Porto Ribeiro, Palmito, Divisa, Fazenda Água Branca, São Miguel da Roseira.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_no_012.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_no_012.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um bueiro que está desmoronando próximo da Escola Municipal Sergio Graciano Meira no Lajeadinho.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_no_013.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_no_013.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar reforma das cercas e dos portões da Escola Municipal Tertuliano de Almeida Faria na comunidade do Emboque.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_no_014.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_no_014.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma do Posto de Saúde da comunidade do Emboque.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Enéas Jeferson Melnisk, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_no_015.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_no_015.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Restauração de espaços públicos na Rua do Mathe.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_no_016.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_no_016.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a pavimentação asfáltica da Rua Altino Ferreira de Lima entre a Rua Guilherme Kantor e a Rua Barão do Rio Branco.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_no_017.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_no_017.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária entre a comunidade Colônia Cachoeira até a comunidade do Rosas.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_no_018.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_no_018.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Manutenção de estradas rurais</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_no_019.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_no_019.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Reforma de campo suíço.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_no_020.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_no_020.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Limpeza e urbanismo na rua Roberto Angewitz</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_no_021.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_no_021.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, a retomada do atendimento odontológico nas UBS do interior, em especial, nas comunidades do Faxinal do Elias e Porto Ribeiro. Bem como, a necessidade de novas contratações de funcionários, compra de equipamentos e toda reestruturação do setor. Além disso, realizar parcerias com Universidades ou Faculdades para implantação de programas de trabalho de cooperação._x000D_
 A sugestão foi apresentada pela Indicação nº 202/2021 em 10 de maio de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_no_022.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_no_022.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, realizar o levantamento de todas as pontes do município, a fim de averiguar as reais condições de cada uma das pontes. Além disso, sugere-se a catalogação de cada ponte com todas as informações relevantes para facilitar a consulta pelos munícipes. _x000D_
 A sugestão foi apresentada pela Indicação nº 191/2021 em 03 de maio de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_no_023.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_no_023.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, para que seja ampliada a colocação de câmeras de segurança em locais, tais como: Praça do Rio Iguaçu, Rua do Mathe, Praça da Rodoviária, Praça da Igreja Matriz São Mateus e alguns pontos específicos a serem estudados pelas autoridades competentes nos bairros de nossa cidade._x000D_
 A sugestão foi apresentada pela indicação nº 177/2021 em 26 de abril de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_no_024.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_no_024.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, para que seja encaminhada as indicações dos Vereadores, projetos existentes ou estudos de viabilidade de_x000D_
 canalização do braço do Rio Canos à Secretaria de Desenvolvimento Sustentável e do Turismo do Estado do Paraná._x000D_
 A sugestão foi apresentada pela Indicação nº 023/2021 em 22 de fevereiro de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_no_025.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_no_025.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, para fazer a instalação ou construção de uma cobertura anexa à edificação dos postos de saúde das seguintes comunidades: TURVO BARRACAS, CAMBARÁ, LAJEADO e DIVISA. A melhoria seria para que em dias de grande movimentação ou em dias chuvosos ou ensolarados possa proteger os munícipes enquanto esperam pelo atendimento._x000D_
 A sugestão foi apresentada pela Indicação nº 557/2021 em 06 de dezembro de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_no_026.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_no_026.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, a construção de área de lazer no bairro da Palmeirinha._x000D_
 A sugestão foi apresentada pela Indicação nº 190/2021 em 03 de maio de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_no_027.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_no_027.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo e reiterando, novamente, para que seja retomada o incentivo ao desenvolvimento de Incubadoras Tecnológicas localizada na comunidade do_x000D_
 Paiol Grande._x000D_
 A sugestão foi apresentada pela Indicação nº 171/2021 em 19 de abril de 2021 e aprovada em plenário pelos Vereadores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_no_028.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_no_028.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>notificação a proprietário de imóvel sito na Rua da Esperança nº 22</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_no_029.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_no_029.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Manutenção de lâmpadas queimadas públicas.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_no_030.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_no_030.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Implantação de bueiro na comunidade do Rio das Pedras.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_no_031.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_no_031.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Implantação de ponto de ônibus na PR-151</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_no_032.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_no_032.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>roçadas na rua Marcelo Janoski</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_no_033.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_no_033.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Implantação de parquinho na comunidade do Rio das Pedras.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_no_034.2023_-_valter_jeciel_eneas_irineu_e_parafuso.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_no_034.2023_-_valter_jeciel_eneas_irineu_e_parafuso.pdf</t>
   </si>
   <si>
     <t>Verificação de bueiros</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_no_035.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_no_035.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Imbuiona até o Taquaral do Bugre.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_no_036.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_no_036.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária da comunidade Água Branca nas proximidades do Km 443 da PR-151. A da estrada encontra-se aproximadamente a 300 metros a frente do Km 443, sentido ao município de São João do Triunfo – PR.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_no_037.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_no_037.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural onde se localiza a Igreja Centenária na comunidade Taquaral do Bugre. Além disso, a estrada é bastante utilizada pela linha de ônibus escolar.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_no_038.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_no_038.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma e a implantação de parquinhos na antiga Escola da comunidade Vargem Grande.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_no_039.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_no_039.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo alterar de lugar o ponto de ônibus da comunidade Pontilhão para mais próximo da Estrada Principal.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/indicacao_no_040.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/indicacao_no_040.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada principal da comunidade Aliança Velha, principalmente, nos trechos onde os veículos têm dificuldades em percorrer subidas íngremes.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/indicacao_no_041.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/indicacao_no_041.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção ou implantação de novo ponto de ônibus na comunidade Rio das Pedras nas proximidades da Senhora Ivonete Brito</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/indicacao_no_042.2023_-_valter_ivan.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/indicacao_no_042.2023_-_valter_ivan.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal dentro do planejamento da secretaria responsável possa executar limpezas e melhorias necessárias dos bueiros situado na Rua Tenente Max Wolff Filho esquina com a Rua Ivan Ulbrich. Conforme imagens o morador que ali reside sempre mante o local limpo. Porém como a trafegabilidade de veículos aumentou consideravelmente no local, quebrou a canalete de separação da pista com a área de passeio. Referentes aos bueiros necessita fazer uma limpeza maior internamente.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_043.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_043.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, solucione os problemas de alagamento na Rua Alberto Schramm nº 1770 em frente ao _x000D_
 Restaurante Colonial.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_044.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_044.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, solucione os problemas de alagamento na Rua Paulino Vaz da Silva, tendo como referência a residência nº 109.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_045.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_045.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, seja alterada a programação que leva os alunos para o Colégio Agrícola Getúlio Vargas na cidade de Palmeira. Atualmente o transporte é feito aos domingos, a devida solicitação pede para que o transporte seja alterado para as segundas-feiras.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_047.2023_-_jeciel_paver.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_047.2023_-_jeciel_paver.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, avalie a melhor opção em melhorar a selagem do calçamento de “pavers” na Rua Antônio Bizinelli, Colônia Iguaçu, evitando assim o acúmulo de vegetação.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_048.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_048.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada principal e secundária na comunidade Turvo de Baixo</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_049.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_049.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a troca de lâmpadas queimadas referente a iluminação pública da comunidade Turbo de Baixo.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_050.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_050.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada secundária na comunidade do Espigãozinho, nas proximidades do Rio Velho, conforme as coordenadas geográficas (-25.827356, -50.284988) informadas pelos moradores da região.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_051.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_051.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal, a fim de que edite um Decreto que possibilite a Secretaria Municipal de Finanças emitir certidão ao Cartório de Registro de Imóveis sobre a atualização de numeração predial e de lotes, para fins de averbação de matrícula em cartório, uma vez que alguns munícipes têm tido dificuldades em averbar matrículas no Cartório ante a questão da desatualização da numeração predial.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_052.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_052.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Solicitar a Secretaria de Saúde, junto com a Secretaria de obras, a prioridade da reforma da Unidade Básica De Saúde da comunidade da Colônia Eufrosina, junto com a instalação de internet no posto.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_053.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_053.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a Prefeita municipal inclua no planejamento de projetos, o Projeto para a pavimentação das ruas Transversais da comunidade das Tamareiras.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_054.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_054.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
   </si>
   <si>
     <t>Que seja dirigida a Excelentíssima Sra. Prefeita Municipal, Fernanda Garcia Sardanha, sugerindo a limpeza e desentupimento da boca de lobo na Rua Evaldo Gaensly, esquina com a Rua Guilherme Kantor, nesta cidade.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_055.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_055.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Sra. Prefeita Municipal, Fernanda Garcia Sardanha, sugerindo fazer na Vila Amaral, ao lado do Ginásio de Esportes o aproveitamento no interior da pista de atletismo, adequando espaço para um campo de futebol com aproveitamento para pista de atletismo ao entorno, e as outras modalidades de atletismo ao lado</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_056.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_056.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural na comunidade do Santana, estrada conhecida como Areal.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_057.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_057.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada principal rural na comunidade Terra Vermelha.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no_058.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no_058.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada secundária rural e limpeza de bueiro na comunidade Rio das Pedras nas proximidades da propriedade da família Nizer</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_059.2023_-_jorge_jackson_e_juliano_-_manutencao_porto_ribeiro_direita_do_cemiterio.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_059.2023_-_jorge_jackson_e_juliano_-_manutencao_porto_ribeiro_direita_do_cemiterio.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências para realizar manutenção na estrada localizada no Porto Ribeiro. Como ponto de referência, citamos que, ao passar o cemitério virar à direita.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_060.2023_-_jackson_jorge_e_juliano_-_manutencao_posto_santana_a_igreja_da_tesoura.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_060.2023_-_jackson_jorge_e_juliano_-_manutencao_posto_santana_a_igreja_da_tesoura.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências para realizar manutenção da estrada rural entre o Posto Santana até à Igreja da Tesoura.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_061.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_061.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo avaliar a situação da integridade estrutural da antiga Escola da Comunidade do Santana. Além disso, a comunidade sugeriu a implantação de um parquinho para as crianças terem um espaço de lazer no local.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_062.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_062.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de bueiro na comunidade Rio das Pedras nas proximidades da propriedade do Senhor Manuel de Lima. Devido às chuvas, os ônibus escolares estão com dificuldade de percorrer o trajeto por causa da existência de uma vala com acúmulo de muita água.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_063.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_063.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a substituição de lâmpadas queimadas de diversos postes de iluminação pública na comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_064.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_064.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado iluminação pública no novo parque infantil do residencial Terra Nova.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_065.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_065.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a secretaria de obras junto com o departamento de trânsito, avalie a colocação de tachão refletivo (tartarugas), antes das rotatórias na rua Ulisses Faria, já que a mesma não é mais preferencial e os veículos não estão respeitando a ordem de Cronológica de preferência</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_066.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_066.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a secretaria de obras junto com o departamento de trânsito, avalie a colocação de Placa com a frase “Proibido o acesso de Carreta e Bi Trem” no Trevo de acesso à Rua Ulisses Faria, evitando assim que veículos de grande porte acessem a avenida.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_067.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_067.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Obras e o setor de elétrica do município coloque no seu planejamento a instalação de iluminação pública na Rua da Raia, início da ponte da vila Americana até a entrada que vira para o campo sintético do Tinho, aproximadamente 03 postes sem luminárias e lâmpada.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_068.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_068.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_069.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_069.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a secretaria de esportes, faça uma avaliação técnica para realizar a pintura com tinta ou resina específica na pista de Skate presente ao lado do ginásio “POLACÃO”, já que a mesma receberá campeonato nos próximos meses.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_070.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_070.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a secretaria de Obras avalie com urgência a implantação de uma área de Retorno no final da Rua Agenor Nascimento em Frente ao Ginásio de esportes “POLACÃO” e um estacionamento ao lado do Centro do Idoso.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Enéas Jeferson Melnisk, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no_071.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no_071.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de 02 (dois) bueiros na comunidade Terra Vermelha nas proximidades da propriedade do senhor Davi Zabroski.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no_072.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no_072.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a limpeza do córrego ao lado do Comercial Brinanda localizado na BR-476. Os comerciantes da região informaram que a existência de muito lixo e resto de árvores que estão causando obstrução da água do córrego, principalmente, em dias chuvosos.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no_073.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no_073.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, seja realizada a implantação de um abrigo escolar, em frente ao comércio do Sr. Everaldo Silveira na comunidade de Porto Ribeiro.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no_074.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no_074.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para buscar recursos do Estado do Paraná, através do Deputado Estadual Alisson Wandscheer, requerendo recursos para o Colégio Estadual do Campo do Turvo, localizado na comunidade rural de Turvo de Baixo.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no_075.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no_075.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável, para que possa contratar equipamentos que o município não possui, para que seja executada a retirada de terras que se encontram em cima da pedreira municipal situado na comunidade de Turvo de Baixo, interior do nosso município, bem como deixar pronto estoques grandes de pedra prontos para britagem.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no_076.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no_076.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, Secretarias responsáveis, possam colocar no seu cronograma de trabalho como prioridade a construção de abrigo entre o corpo estrutural da escola até o portão de chegada e saída dos alunos e colaboradores na Escola Municipal do Campo João Baptista Distéfano, na comunidade rural da Divisa.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/indicacao_no_077.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/indicacao_no_077.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo, novamente, que seja novamente implantado o CONSELHO MUNICIPAL DE POLITICAS SOBRE DROGAS (COMPOD), no município de São Mateus do Sul- Paraná.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no_078.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no_078.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja encaminhado uma vez mais ao departamento de estrada e rodagem DER, para que seja feita a correção nas lombadas que estão muito baixas na rodovia PR-151, entre São Mateus do Sul a Três Barras, especificamente nas comunidades de: bairro Palmeirinha, Lajeado, Porto Ribeiro, Palmito, Divisa, Fazenda Água Branca e São Miguel da Roseira. E um novo redutor próximo à entrada principal da comunidade do Palmito.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/indicacao_no_079.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/indicacao_no_079.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal dentro do planejamento da secretaria responsável possa fazer implantação de luz elétrica na rede pública na comunidade do Palmito, zona rural do nosso município.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/indicacao_no_080.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/indicacao_no_080.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja realizado trabalho de sinalização na ponte da Água Boa, situada na comunidade de Faxinal dos Elias.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_no_081.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_no_081.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer instalação de um abrigo para alunos aguardar os ônibus escolares, na comunidade de Lajeado, interior de nosso município, nas proximidades da residência do senhor Carlos Madzgalla.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/indicacao_no_082.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/indicacao_no_082.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhado ao Deputado Federal Toninho Wandscheer para formalizar o processo de aquisição de caminhão basculante para o município de São Mateus do Sul – PR junto ao Governo Federal, conforme tratativas de captação de recursos realizadas em reuniões nos dias 10/02 e 14/03/2023.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/indicacao_no_083.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/indicacao_no_083.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhado ao Deputado Federal Toninho Wandscheer para formalizar o processo de aquisição de retroescavadeira para o município de São Mateus do Sul – PR junto ao Governo Federal, conforme tratativas de captação de recursos realizadas em reuniões nos dias 10/02 e 14/03/2023.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_no_084.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_no_084.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhado ao Deputado Federal Toninho Wandscheer para formalizar o processo de construção de Centro de Odontologia para o município de São Mateus do Sul – PR junto ao Governo Federal, conforme tratativas de captação de recursos realizadas em reuniões nos dias 10/02 e 14/03/2023.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/indicacao_no_085.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/indicacao_no_085.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Que seja dirigida a excelentíssima Sra. Prefeita Municipal Fernanda Garcia Sardanha, que se realize estudos técnicos de viabilidade de ampliação do quadro urbano na localidade de Paiol Grande e posteriormente encaminhe Projeto de Lei para alteração da Lei de Ocupação do Solo Urbano e Rural de São Mateus do Sul, definindo área como urbana ou expansão urbana.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_no_086.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_no_086.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma da antiga Escola da comunidade da Tesoura e a colocação de parquinhos.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/indicacao_no_087.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/indicacao_no_087.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a implantação de faixa amarela e placa de sinalização de proibido estacionar no ponto de ônibus em frente à Escola Durval Wolff do Amaral na Rua João Toporowski – Vila Bom Jesus.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_088.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_088.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a implantação de travessia elevada em frente à Escola Durval Wolff do Amaral na Rua João Toporowski – Vila Bom Jesus.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_089.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_089.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a limpeza do bueiro em frente à Escola Municipal da Vila Amaral.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_090.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_090.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural da comunidade Manduri.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_091.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_091.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de lombada na Rua Tenente Max Wolf filho, nas proximidades do número 2080 da Vila Pinheirinho.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_092.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_092.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer instalação de um abrigo para alunos aguardar o ônibus escolar na comunidade do Lajeado, interior de nosso município, nas proximidades da residência do senhor Edivino Bregowicz.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_093.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_093.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer instalação de redutor de velocidade na Rua Ulisses Farias, nas proximidades do número 1785.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_094.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_094.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa realizar manutenção na estrada rural que dá acesso a residência do senhor Dinarte da Silava Nizer na comunidade Turvo de Baixo. Esse senhor necessita de cuidados médicos com frequência e os veículos da Secretaria de Saúde e particulares estão com dificuldade de chegar até sua residência.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_095.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_095.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa realizar aumento do bueiro na Rua João Bergzwoski na Vila Verde, em frente à residência de número 728.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_096.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_096.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo o conserto de buraco na Rua Guilherme Kantor, nas proximidades da Loja Estrela.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_097.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_097.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de ponto de ônibus na comunidade Faxinal do Ilhéus, nas proximidades da família Ribeiro.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_098.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_098.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de estrada rural no trecho compreendido entre o ponto de ônibus da comunidade Dois Irmãos até a comunidade do Estiva.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_099.2023_-_eneas_parafuso_irineu_jeciel_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_099.2023_-_eneas_parafuso_irineu_jeciel_e_valter.pdf</t>
   </si>
   <si>
     <t>Criação da guarda municipal, através de projeto de lei do executivo, para proteção dos bens públicos municipais, incluindo escolas e cmeis._x000D_
 Verificação da existência de instalação de porteiros eletrônicos, treinamento de professores, alunos e funcionários, colocação de cercas elétricas, câmeras de vigilância e construção/aumento de muros em todas as escolas e cmeis._x000D_
 Verificação da possibilidade de instalação de catracas e detectores de metal._x000D_
 Criação de uma comissão para discussão de medidas a serem tomadas para melhorar a segurança nas escolas.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_100.2023_-_jorge_jackson_e_julianoi_-_manutencao_praca_oito_de_marco.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_100.2023_-_jorge_jackson_e_julianoi_-_manutencao_praca_oito_de_marco.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências para realizar a manutenção na pista de caminhada da Praça Oito de Março (Polacão) e, na pista que fica entorno das quadras poliesportivas. Ainda, que seja verificado quem está dando causa ao estrago na pista de caminhada, cito como ponto de referência espaço atrás da quadra de futebol sintético.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_101.2023_-_jeciel_lombadas_jardim_santa_cruz.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_101.2023_-_jeciel_lombadas_jardim_santa_cruz.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de obras junto com o departamento de trânsito, implante a lombada nas rua David Felipe de Meira no bairro Jardim Santa Cruz, próximo ao número 981 e na rua Professor Bernardo do Amaral Wolff Vila Palmeirinha próximo ao número 294.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_102.2023_-_jeciel_lombadas_casemiro_witikowski.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_102.2023_-_jeciel_lombadas_casemiro_witikowski.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de obras junto com o departamento de trânsito, verifique a viabilidade de implantação de redutor de velocidade na rua Casemiro Witkowski próximo ao número 650. _x000D_
 A solicitação se dá para melhorar a segurança do trânsito nesse trecho.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_103.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_103.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a implantação de redutor de velocidade na estrada rural da comunidade do Emboque, próximo a propriedade do Sr. Fernando.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_105.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_105.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a implantação de ponto de ônibus na entrada da estrada rural na comunidade do Emboque, nas proximidades da BR-476 e Cabanha Emboque.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_106.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_106.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria de Desenvolvimento Econômico, Cultura e Turismo, sugerindo que seja analisada a possibilidade de solicitar à Empresa Forbes &amp; Manhattan de São Mateus do Sul/PR e eventuais empresas terceirizadas que vierem a ser contratadas para atuação na denominada “Parada 2023”, com o fim de priorizar a contratação de mão-de-obra proveniente deste Município.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_108.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_108.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para ser construído muro (estilo palito) em todo o entorno da escola Olivio Wolff do Amaral, dualidade com o Colégio Orlanda d. Santos, no bairro Palmeirinha.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_109.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_109.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que seja realizado trabalho de manutenção na Rua Pedro Janoski no bairro da Vila Prohmann, bem como a abertura da rua para fazer a ligação com à Avenida Ozy Mendonça de Lima.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_110.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_110.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Que seja dirigida a excelentíssima Sra. Prefeita Municipal Fernanda Garcia Sardanha, que encaminhe ao setor competente o pedido de construção de muro, reforma de banheiro, calçada central e cobertura junto ao cruzeiro do cemitério municipal de Colônia Taquaral.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_111.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_111.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Que seja dirigida a excelentíssima Sra. Prefeita Municipal Fernanda Garcia Sardanha, que solicite ao setor competente o envio e colocação de pedras na estrada rural, entre a localidade de Paiol Grande até Dois Irmãos, no trecho de desvio da PR 364.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_112.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_112.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de estrada secundária rural da comunidade da Fartura do Potinga, nas proximidades da serra da linguiça, as esquerdas do lavacar.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_113.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_113.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada principal rural da comunidade da Divisa até a comunidade de Aliança Velha.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_114.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_114.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das ruas do Bairro Prohmann, Em especial ao trecho da Rua Guilherme Kantor.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_115.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_115.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a pavimentação do trecho que compreende a parte frontal do Centro de Eventos Municipal Vereador Jorge Przywitowski (Parque Municipal de Exposições).</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_116.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_116.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer a instalação de um abrigo para alunos aguardarem os ônibus escolares, na comunidade de Porto Ribeiro, interior de nosso município, nas proximidades da residência do senhor Geovane Hemppel.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_117.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_117.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de estrada secundária rural da comunidade do Lajeado, nas proximidades do campo do Demilson. Alem disso, a estrada é utilizada pela linha de ônibus escolar.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_119.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_119.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada ao Departamento de Estradas de Rodagem (DER) sugerindo a manutenção do asfalto da PR-151 de São Mateus do Sul – PR ao município de Três Barras – SC. A rodovia apresenta muitos buracos e está ocorrendo muita reclamação pela falta de manutenção.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_120.2023_-_jeciel_solicitacao_de_projeto_cobertura_escola.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_120.2023_-_jeciel_solicitacao_de_projeto_cobertura_escola.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Educação solicite com urgência a secretaria de Obras o projeto e orçamento de cobertura para área escolar de aproximadamente 210m² na escola Municipal Prefeito Olívio Wolff do Amaral, Vila Palmeirinha.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_no_121.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_no_121.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Obras junto com o Departamento de trânsito, coloquem no planejamento das atividades a pintura das vias, (faixas de pedestres) e meio fio no bairro Vila Americana.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_no_122.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_no_122.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de parquinho e academia ao ar livre na comunidade da Barra do Potinga, ao lado do Posto de Saúde.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_no_123.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_no_123.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural a partir da Rua José Caetano Ferreira Junior – Vila Nova, passando pela mina até o túnel da comunidade Paiol Grande.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo tampar o buraco ao lado do bueiro na Rua Nivaldo de Paula e Silva esquina com a Rua Ulisses Farias.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_no_125.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_no_125.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que tome providências no sentido de instalar lixeiras com tampa na entrada da localidade da comunidade Rio da Areia, nas proximidades da BR-476.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_no_126.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_no_126.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que tome providências no sentido de realizar a manutenção das estradas rurais da comunidade Rio da Areia.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural da comunidade Vargem Grande nas proximidades da empresa Jel Fértil.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_no_128.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_no_128.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma da antiga Escola da comunidade Arroio da Cruz e a implantação de parquinho.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_no_129.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_no_129.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, serviços de patrolamento e revestimento de pedras na estrada secundária em ligação às propriedades da família Graboski, na localidade de Emboque, neste Município.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no_130.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no_130.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde providencie a instalação de câmeras de monitoramento na recepção, área de triagem e corredor interno do PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Valter Przywitowski, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no_131.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no_131.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, que seja direcionado essa indicação ao setor responsável para que entre em contato com a família da senhora Neusa, residente na Rua Carneiro Portes nº 491, esquina com a Rua Evaldo Gaensly, para analisar e empenhar procedimento para revitalização da área aonde a prefeitura fez a canalização de tubos de concreto</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no_132.2023_-_irineu_parafuso_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no_132.2023_-_irineu_parafuso_e_eneas.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a colocação de um redutor de velocidade em forma de lombada na Rua Teodoro Rutkeviski, frente ao numeral 145, na Vila Palmeirinha, nesta cidade.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no_133.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no_133.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa ser realizada instalação de lombada na Rua Joaquim Pereira de Lima, no Bairro Vila Pinheirinho, citamos como ponto de referência o número da casa 547, divisa com terreno baldio.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_no_134.2023_-_jorge_jackson_e_juliano_placa_de_preferencial.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_no_134.2023_-_jorge_jackson_e_juliano_placa_de_preferencial.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa realizar a instalação da PLACA de PREFERENCIAL no cruzamento da Rua Dona Estefânia esquina com a Rua Joaquim Pereira de Lima, no Bairro Vila Faty.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_no_135.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_no_135.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, melhorias, tapa buracos e pavimentação adequada na Rua Boleslau Eduardo Staniszewski, na Vila Amaral, nesta cidade.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no_136.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no_136.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo, na forma regimental determinar ao setor competente, que tome providências no sentido de realizar a manutenção na academia ao ar livre da Vila Americana.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a restauração de uma boca de lobo na Rua Ovídio Maciel, frente ao numeral 82, na Vila Palmeirinha, nesta cidade.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_no_138.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_no_138.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, melhorias como nivelamento, tapa buracos e colocação de pedras/pedregulhos e/ou cascalhos, na Rua Ovidio Maciel, Vila Palmeirinha, nesta cidade.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_no_139.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_no_139.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer a instalação de um abrigo para alunos aguardarem os ônibus escolares, na comunidade de Porto Ribeiro, interior de nosso município, nas proximidades da residência do senhor Adão (motorista do ônibus escolar) e da Sra. Regiane e Sr. Marcos Kruchellki.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_no_140.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_no_140.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a limpeza restauração e de uma boca de lobo na Rua Antônio Carneiro Portes, em seguida ao Estádio Municipal e próximo a igreja católica, na Vila Amaral, nesta cidade.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_no_141.2023_-_jeciel_notificacao_de_terreno.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_no_141.2023_-_jeciel_notificacao_de_terreno.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Meio Ambiente, Vigilância Sanitária e setor de fiscalização da Prefeitura, verifique e notifique com URGÊNCIA, o terreno localizado em frente pra BR-476 (Rodolfo Wolff), terreno de esquina, ao lado da loja PORTO BENINI.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_no_142.2023_-_jeciel_manutencao-_br-476.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_no_142.2023_-_jeciel_manutencao-_br-476.pdf</t>
   </si>
   <si>
     <t>Para que a Prefeita municipal, notifique o DNIT, cobrando a manutenção URGENTE do trecho que inicia desde a ponte saída para Curitiba BR-476, até o estádio municipal._x000D_
 Para que seja avaliado a manutenção da ciclovia e calçamento desse mesmo trecho, a pedido de empresários que através de abaixo assinado em anexo, solicitam o apoio.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_no_143.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_no_143.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a construção de cobertura na Farmácia Municipal.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_no_144.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_no_144.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente e autorize, a aquisição de uma tenda (modelo desmontável) para abrigar pessoas em eventos fúnebres. Tal sirva para atender situações de sepultamento em dias chuvosos nos cemitérios do município, nesta cidade.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_no_145.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_no_145.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, providencie e coloque a disposição dos servidores responsáveis pelos serviços funerais e gerais dos cemitérios no âmbito do município; um veículo automotor para o deslocamento entre o cemitério municipal urbano e demais, quando necessário.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_no_146.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_no_146.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a colocação de um redutor de velocidade – lombada, na Rua Altino Pereira de Lima, frente ao numeral 2.243, Vila Buask, nesta cidade.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1792/indicacao_no_147.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1792/indicacao_no_147.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a recuperação asfáltica, ou seja, tapa buracos na Rua João Béttega, esquina com a Rua Ledy Afonso Roderjan, Vila Buask, nesta cidade.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_no_148.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_no_148.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a construção de um bueiro na estrada principal, próxima a propriedade do Sr. Sérgio Schnaider, na localidade de Emboque, neste município.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_no_149.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_no_149.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf</t>
   </si>
   <si>
     <t>Que seja oficiado a Sra. Prefeita Municipal solicitando com urgência a instalação de quatro lombadas na Avenida Ulisses Faria, antes e depois das novas rotatórias instaladas na referida via.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_no_150.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_no_150.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo, novamente a pedido dos moradores da comunidade Terra Vermelha, a manutenção da estrada principal.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_no_151.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_no_151.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa realizar a manutenção das ruas sem pavimentos dos bairros Prohmann e Pinheirinho.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_no_152.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_no_152.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa realizar a manutenção das estradas rurais das comunidades do Lajeado e Faxinal do Elias.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_no_153.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_no_153.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo enviar o caminhão pipa para molhar as ruas da Vila Nepomuceno, Vila Buaski, Colônia Iguaçu, Rua Antonio Bizinelli e a Rua Pres. John Kenedy.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_no_154.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_no_154.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite, ao departamento competente, patrolagem e empedramento na estrada da comunidade do Paiol Grande, no trecho do desvio da PR-364.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_no_155.2023_-_jorge_jackson_e_juliano_calcadas_cmei_jardim_santa_cruz.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_no_155.2023_-_jorge_jackson_e_juliano_calcadas_cmei_jardim_santa_cruz.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a avaliação e adequação das calçadas que foram instaladas entorno do CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ARCO ÍRIS, no Jardim Santa Cruz e Vila Verde. (Seguem fotos anexas)</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_no_156.2023_-_jorge_jackson_e_juliano_identificacao_dos_veiculos_e_maquina.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_no_156.2023_-_jorge_jackson_e_juliano_identificacao_dos_veiculos_e_maquina.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências para realizar a identificação de todos os veículos e máquinas que prestam serviço para a Prefeitura Municipal. _x000D_
 Que esta identificação possibilite a todos os munícipes o reconhecimento, exemplo: - A SERVIÇO DA PREFEITURA MUNICIPAL DE SÃO MATEUS DO SUL.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_no_157.2023_-_valter_parafuso_e_irineu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_no_157.2023_-_valter_parafuso_e_irineu.pdf</t>
   </si>
   <si>
     <t>Solicita a senhora prefeita que entre em contato novamente com o setor competente para verificar a possibilidade do cascalhamento da estrada secundária que passa em frente a propriedade do Sr. Ivo Palhano (em memória) na comunidade do Porto Ribeiro, região de Mandassaia.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_no_158.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_no_158.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar limpeza na estrada principal sentido Rio das Pedras B, no trecho mais conhecido como subida dos kutzera, para abertura de valetas e fazer drenos na estrada.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_no_159.2023_-_eneas_parafuso_irineu_valter_e_jeciel_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_no_159.2023_-_eneas_parafuso_irineu_valter_e_jeciel_v2.pdf</t>
   </si>
   <si>
     <t>Que seja oficiada a Sra. Prefeita Municipal solicitando a proibição do trânsito de veículos pesados nas ruas João Gabriel Martins e Guilherme Kantor, através da instalação de placas de sinalização e pinturas na via.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_no_160.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_no_160.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar limpeza de valetas na estrada principal da comunidade Rio das Pedras A.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_no_161.2023_-_jeciel_manutencao_ubs-_palmeirinha.docx</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_no_161.2023_-_jeciel_manutencao_ubs-_palmeirinha.docx</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde, solicite a manutenção da Unidade básica da Vila Palmeirinha de algumas situações evidenciadas Enloco, (rachaduras e infiltrações, goteiras no prédio, manutenção do equipamento de Inalação/ oxigênio).</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_no_162.2023_-_jeciel_notificacao_anatel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_no_162.2023_-_jeciel_notificacao_anatel.pdf</t>
   </si>
   <si>
     <t>Para que a Prefeita Municipal oficialize a ANATEL para que a mesma realize a ampliação de cobertura de sinal de INTERNET MÓVEL dentro do perímetro urbano no município.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_no_163.2023_-_jeciel_solicitacao_de_projeto_ubs_americana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_no_163.2023_-_jeciel_solicitacao_de_projeto_ubs_americana.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde, solicite a secretaria de Obras o projeto de ampliação da unidade básica de saúde da Vila Americana com a necessidade apresentada pelos servidores (banheiro funcionários, salas extras).</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_no_164.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_no_164.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que a Secretaria de Obras coloque revestimentos nos túmulos do Cemitério da Colônia Taquaral, o que são da propriedade da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_no_165.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_no_165.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar manutenção da estrada rural e limpeza de valetas das comunidades de Anta Ruiva e Colônia Iguaçu.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_no_166.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_no_166.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo implantar bueiros na Rua Hezir Leal Hultman nas proximidades do número 594, no Bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_no_167.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_no_167.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, fazer um bueiro na estrada da localidade de Imbuiona, próximo a propriedade do Sr. Everaldo Ribeiro, neste município.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_no_168.2023_-_jeciel_praca_vila_amaral.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_no_168.2023_-_jeciel_praca_vila_amaral.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Meio ambiente, junto com o Jurídico do município classifiquem através de enquadramento específico a Praça Nossa Senhora dos Navegantes na Vila Amaral com utilidade pública ou intervenha com a classificação de interesse Social.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1827/indicacao_no_169.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1827/indicacao_no_169.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que tome providências no sentido de realizar podas de galhos das palmeiras localizadas entre a Rua João Gabriel Martins e Rua Paulino Vaz da Silva.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_no_170.2023_-_jackson_jorge_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_no_170.2023_-_jackson_jorge_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, para notificar a empresa responsável pela implementação asfáltica da Rua João Toporowcz a realizar a manutenção da via.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_no_171.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_no_171.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria de Saúde sugerindo incluir uma profissional dentista no Posto de Saúde na comunidade do Emboque.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_no_172.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_no_172.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a construção de passarela para os pedestres atravessarem a valeta na continuação da Rua Ulisses Farias, conforme foto em anexo.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_no_173.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_no_173.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, o serviço de patrolamento e limpeza de valetas na estrada conhecida como estrada do DER, ligando até a igreja desta comunidade, na localidade de Tesoura, nesta cidade.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, fazer um bueiro na estrada principal da comunidade do Turvo de Baixo nas proximidades do (alterar) Macuco.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_no_175.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_no_175.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a colocação de uma lixeira com tampa na localidade de Dois Irmãos, ao lado da PR 364, próxima a propriedade do Sr. Ervino Huk, neste município.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_no_176.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_no_176.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a realização de reformas e pinturas dos pontos de ônibus da área urbana do município.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_no_177.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_no_177.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de bueiro localizado na esquina entre a Rua Ledy Afonso Roderjan e a Rua João Betega.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_no_178.2023_-_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_no_178.2023_-_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de bueiro localizado na esquina entre a Rua Paulino Vaz da Silva e a Rua João Gabriel Martins.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_no_179.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_no_179.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a colocação de uma lixeira com tampa nas proximidades do CMEI – Centro Municipal de Educação Infantil IOLANDA ZENE VILA, na Rua Ivan Ulbrich, 2.373, Vila Canoas, neste município.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1846/indicacao_no_180.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1846/indicacao_no_180.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, incluir nos projetos para execução de recapeamento asfáltico na Rua Dr. Paulo Fortes, desde o início da rua, em frente ao Hospital e Maternidade Dr. Paulo Fortes até ao antigo supermercado 70, ou seja, duas quadras desde o hospital.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_no_181.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_no_181.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a instalação de ponto de ônibus completo na comunidade do Emboque, nas proximidades da família Wenglarek.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_no_182.2023_-_jackson_jorge_e_juliano_-_limpeza_bizinelli.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_no_182.2023_-_jackson_jorge_e_juliano_-_limpeza_bizinelli.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a limpeza do canal que acompanha a Rua Antônio Bizinelli na sua totalidade como seguem as fotos anexas.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_no_183.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_no_183.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a colocação de uma haste com luminária no poste na Rua José Caetano Ferreira Junior, em frente ao numeral 1.293, Colônia Cachoeira, neste município.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_no_184.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_no_184.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal, oficie o DNIT – Departamento Nacional de Infraestrutura de Transporte, para efetuar vistoria técnica na ponte sobre o Rio Potinga, na BR 476, no município de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_no_185.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_no_185.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo oficializar o DNIT, a fim de solicitar a reparação da rodovia BR-476 nas proximidades do Supermercado Brongiel.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_no_186.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_no_186.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua Augusto Tararan nas proximidades com a esquina da Rua Dom Pedro II.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_no_187.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_no_187.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua Luiz Damaso Santos Lima entre o trecho das Ruas Augusto Tararan e Rua Ledy Afonso Roderjan.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_no_188.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_no_188.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer a instalação de um abrigo escolar próximo a Ervateira Baronesa, a pedido da família Ramos e Rodrigues.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_no_189.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_no_189.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa realizar manutenção do parque infantil na praça da Vila Verde. A praça é nova e infelizmente precisa de reparos.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Allana Feijó Santa Clara</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_no_190.2023_-_allana_-_portal_polones.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_no_190.2023_-_allana_-_portal_polones.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal a criação de um Portal Polonês na Comunidade da Água Branca nas proximidades da Igreja Centenária.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1873/indicacao_no_191.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1873/indicacao_no_191.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo, na forma regimental determinar ao setor competente, que realize a manutenção da estrada rural na comunidade do Espigãozinho, nas proximidades da propriedade do Sr. Vanderlei Sztukovski.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1874/indicacao_no_192.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1874/indicacao_no_192.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural secundária e dos bueiros da comunidade Rio das Pedras B. O ponto de referência da estrada é pelo acesso ao Nereu Faria, passando pelo Oscar Nizer e Alfredinho Nizer. A referida estrada é utilizada pelos ônibus escolares para o transporte de estudantes.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1878/indicacao_no_193.2023_-_allana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1878/indicacao_no_193.2023_-_allana.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal, a fim de que seja criado ponto de ônibus para os estudantes da rede pública de ensino na seguinte Localidade:_x000D_
 - Colégio Orlanda Distéfani Santos, na Vila Palmeirinha, para alunos que necessitam de ônibus escolar e moram na área rural.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Allana Feijó Santa Clara, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1879/indicacao_no_194.2023_-_allana_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1879/indicacao_no_194.2023_-_allana_e_valter.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal, a fim de que seja criado ponto de ônibus para os estudantes da rede pública de ensino na seguinte Localidade:_x000D_
 - Proximidade ao Restaurante São Miguel na PR 151, 100 metros para dentro do referido ponto comercial.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_no_195.2023_-_allana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_no_195.2023_-_allana.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a readequação da calçada em frente ao Armazém da Vila, no Jardim Santa Cruz. Tal readequação é necessária uma vez que o serviço realizado pela Prefeitura Municipal prejudicou o estacionamento no referido comercio causando transtornos aos clientes e demais munícipes que estacionam o veículo em 45 graus, conforme foto em anexo.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_no_196.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_no_196.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua Antônio Bizinelli no bairro Colônia Iguaçu até a BR-476.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Allana Feijó Santa Clara, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
     <t>A ser encaminhada à Mesa Diretora sugerindo a contratação de um sistema completo de gerenciamento legislativo, incluindo votação eletrônica, portal web, protocolo e assinatura eletrônica, bem como a aquisição dos equipamentos de informática necessários para sua utilização.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/indicacao_no_198.2023_-_allana_rua_francisco_celso_de_paula_e_silva.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/indicacao_no_198.2023_-_allana_rua_francisco_celso_de_paula_e_silva.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo sugerindo a manutenção emergencial da Rua Francisco Celso de Paula e Silva que corta os bairros Jardim Santa Cruz e Vila Verde, e também a limpeza das valas que se encontram no fim da rua. (fotos em anexo)</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/indicacao_no_199.2023_-_jorge_jackson_e_juliano_calcamento_-_theodoro_toppel_-_manoel_furtado_neves.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/indicacao_no_199.2023_-_jorge_jackson_e_juliano_calcamento_-_theodoro_toppel_-_manoel_furtado_neves.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a manutenção do calçamento ao lado do bueiro, localizado entre as Ruas Theodoro Toppel e Manoel Furtado Neves. (Seguem fotos anexas)</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Enéas Jeferson Melnisk, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/indicacao_no_200.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/indicacao_no_200.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Encaminhar ao Poder Executivo sugerindo implantação de bueiro na comunidade do Rio das Pedras nas proximidades da propriedade do Sr. Pedro de Oliveira.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_no_201.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_no_201.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Encaminhar ao Poder Executivo sugerindo implantação de bueiro na comunidade do Paiol Grande nas proximidades do campo do Costebel.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_no_202.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_no_202.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Encaminhar ao Poder Executivo sugerindo que oficie o DER para realizar manutenção na cobertura do ponto de ônibus na comunidade da Colônia Taquaral, próximo à balança no município de São Mateus do Sul, Estado do Paraná. Em dias chuvosos, ocorrem vazamentos de água da chuva pela cobertura, portanto são as principais reclamações dos usuários.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/indicacao_no_203.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/indicacao_no_203.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a verificação e instalação de tomadas elétricas em instalações localizadas no cemitério municipal da localidade de São Miguel da Roseira, neste município.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_no_204.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_no_204.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, solicitação de mudança de local de um trailer de lanches instalado na Rua João Gabriel Martins, esquina com a Rua Pedro Effko, devido a localização que compromete a visibilidade de motoristas que trafegam naquele local.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_no_205.2023_-_eneas_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_no_205.2023_-_eneas_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A Sra. Prefeita Municipal, que através da Secretaria de Obras, efetue a colocação de manilhas e boca de lobo no cruzamento das ruas José Staviski com Travessa Estanislau Vengiarek, na Tamareiras, neste Município.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_no_206.2023_-_allana_lombada_luciano_stencel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_no_206.2023_-_allana_lombada_luciano_stencel.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo, sugerindo a implementação de lombada na Rua Luciano Stencel (próximo a HR PNEUS e Posto São Benedito).</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_no_207.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_no_207.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a substituição do toldo na Escola do Emboque.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/indicacao_no_208.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/indicacao_no_208.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a aquisição de terreno para área coberta ao lado da Escola do Emboque, a fim de implantar uma área de lazer para os estudantes.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/indicacao_no_209.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/indicacao_no_209.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de ponto de ônibus na comunidade do Turvo de Baixo, nas proximidades do Sr. Félix, seguindo a norma padronizada do município.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_no_210.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_no_210.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal encaminhe a Sanepar ofício solicitando informações sobre a falta de água, e quando libera, vai pouca água, na localidade do Paiol Grande.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_no_211.2023_-_allana_posto_de_saude.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_no_211.2023_-_allana_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o poder executivo para atender as seguintes demandas do posto de saúde da vila Palmeirinha:_x000D_
 -Um toldo na entrada para que os pacientes possam aguardar a retirada de fichas._x000D_
 - Uma Alto clave_x000D_
 - Um Destilador_x000D_
 - Equipamentos de Ar Condicionado _x000D_
 E também seja verificado a estrutura da unidade pois a mesma apresenta grandes trincas.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/indicacao_no_212.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/indicacao_no_212.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal oficie o DER para realizar estudo de implantação de redutor de velocidade (lombada) na PR-151, nas proximidades de acesso à comunidade de São Miguel da Roseira.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/indicacao_no_213.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/indicacao_no_213.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal oficie o DER para realizar estudo de implantação de redutor de velocidade (lombada) na PR-151, nas proximidades de acesso à comunidade do Palmito no município de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/indicacao_no_214.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/indicacao_no_214.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa instalar placa de sinalização de lombada na Rua David Felipe de Meira.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_no_215.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_no_215.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal oficie o DER para realizar alteração na barreira de proteção localizada ao longo da rodovia PR-151 do município de São Mateus do Sul – PR. As referidas barreiras foram implantadas recentemente para melhorar a segurança em alguns trechos, entretanto, algumas barreiras estão invadindo o acesso às estradas rurais, que já são estreitas, dificultando o acesso dos veículos pesados que necessitam escoarem suas produções agrícolas.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/indicacao_no_216.2023_-_jorge_jackson_e_juliano_posto_de_saude_da_divisa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/indicacao_no_216.2023_-_jorge_jackson_e_juliano_posto_de_saude_da_divisa.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a manutenção e melhorias no Posto de Saúde da Comunidade da Divisa.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/indicacao_no_217.2023_-_jorge_jackson_e_juliano_ubs_lajeado.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/indicacao_no_217.2023_-_jorge_jackson_e_juliano_ubs_lajeado.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a manutenção e melhorias no Posto de Saúde da Comunidade do Lajeado.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/indicacao_no_218.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/indicacao_no_218.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a remoção de entulhos da calçada em frente a CMEI – Centro Municipal de Educação Infantil Mundo Encantado, Centro, nesta cidade.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_no_219.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_no_219.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, o empedramento de estrada no trecho próximo a igreja católica da comunidade de Estiva dos Vidal, neste município.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_no_220.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_no_220.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro da Secretaria responsável, possa realizar a manutenção da estrada rural que liga a comunidade do Turvo Barracas ao Faxinal do Elias. O ponto de referência seria: passando a ponte do Rio Turvo, barracas, sentido pedreira do turvo, passando em frente à residência do Sr. Romacir Leal.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_no_221.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_no_221.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro da Secretaria responsável, possa realizar estudo para o corte da árvore localizada na Rua Ozy Mendonça de Lima, nas proximidades da empresa Bieni Embalagens. A árvore está localizada em uma área de grande circulação de pessoas e veículos, o que representa um risco iminente de acidente. A medida mais segura para evitar qualquer incidente seria realizar o corte da árvore.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_no_222.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_no_222.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que dentro do planejamento da secretaria responsável, seja realizada a implantação de abrigo escolar na comunidade do Lajeado, nas proximidades da propriedade do senhor Antônio Walter Rodrigues.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Allana Feijó Santa Clara, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_no_223.2023_-_jorge_jackson_e_juliano_conclusao_obra_vila_buaski.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_no_223.2023_-_jorge_jackson_e_juliano_conclusao_obra_vila_buaski.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar verificação de toda a estrutura, drenagem, alinhamento de todo o escoamento com a canalização do fluxo das águas e bueiros, referentes a obra que já estava ocorrendo na Vila Buaski e, que, foi objeto de rescisão contratual com posterior processo licitatório para sua continuidade</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Allana Feijó Santa Clara, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1943/indicacao_no_224.2023_-_allana_iptu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1943/indicacao_no_224.2023_-_allana_iptu.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a isenção de IPTU por um ano, aos proprietários vítimas dos estragos das enchentes._x000D_
 Também que empresas, microempresas e MEIS, atingidos pelas enchentes, fiquem isentos por um ano de qualquer taxa a ser cobrada pelo município.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1947/indicacao_no_225.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1947/indicacao_no_225.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que analise a mudança de lugar do ponto de ônibus na comunidade do Lajeado para o outro lado da estrada, nas proximidades da propriedade do Sr. Jonas Walter Sampaio. Atualmente, o ponto de ônibus está tomado pelo mato, o que dificulta o acesso dos estudantes no local.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_no_226.2023_-_jorge_jackson_e_juliano_cmei_tamareiras.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_no_226.2023_-_jorge_jackson_e_juliano_cmei_tamareiras.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a manutenção em frente ao CMEI IDALINA FURTADO GUIMARÃES ULBRICH - TAMAREIRAS, com as seguintes ações:_x000D_
 - Verificação da drenagem das águas pluviais, com manutenção nos bueiros; _x000D_
 - Rebaixar o espaço (rua), em frente ao CMEI, possibilitando a instalação de calçada com paver.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1955/indicacao_no_227.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1955/indicacao_no_227.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a instalação de 04 (quatro) pontos de encanamentos e fornecimento de água, sendo 02 (dois) ao lado direito e 02 (dois) ao lado esquerdo dentro da área do cemitério municipal de Colônia Taquaral, neste município.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira, Allana Feijó Santa Clara, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que verifique as calhas e o telhado da Escola Municipal Odemira Cunha na Vila Amaral. Em razão das últimas chuvas, ocorreu o transbordamento de muita água das chuvas pelas calhas e causou acúmulo de muita água em ambientes internos da escola.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1962/indicacao_no_229.2023_-_jorge_jackson_juliano_e_allana_divisa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1962/indicacao_no_229.2023_-_jorge_jackson_juliano_e_allana_divisa.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a manutenção na estrada principal da Divisa que faz ligação a Comunidade do Mico Magro, com limpeza do canal lateral que escoa a água e possível alargamento.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1963/indicacao_no_230.2023_-_allana_jorge_jackson_e_juliano_s.m.roseira.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1963/indicacao_no_230.2023_-_allana_jorge_jackson_e_juliano_s.m.roseira.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo, sugerindo a manutenção emergencial de alguns pontos da estrada da comunidade de São Miguel da Roseira, próximo a residência do senhor Dico Polak. (fotos em anexo)</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1964/indicacao_no_231.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1964/indicacao_no_231.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a verificação e conserto do aparelho de ar condicionado no Posto de Saúde da Vila Americana, nesta cidade.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_no_232.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_no_232.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a aquisição e colocação de uma lixeira, para uso de descarte de lixo comum, no local adequado em frente ao Posto de Saúde de Vila Americana, nesta cidade.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal para que analise a viabilidade jurídica de encaminhamento de Projeto de Lei para a Câmara Municipal, a fim de que conceda a isenção de taxa para os produtores que necessitam de atendimento através do Programa Caminhos do Campo tendo em vista o estado de calamidade pública já decretado no Município de São Mateus do Sul em face das enchentes de outubro.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1975/indicacao_no_234.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1975/indicacao_no_234.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal para que a Secretaria responsável possa realizar melhoria nas sinalizações de trânsito, tanto nas sinalizações verticais quanto nas sinalizações horizontais, nas seguintes ruas:_x000D_
 	Rua Ivan Ulbrich com a Rua João Gabriel Martins;_x000D_
 	Rua Ivan Ulbrich com a Rua Barão do Rio Branco;_x000D_
 	Rua Des. Joaquim Ferreira Guimarães com a Rua Barão do Rio Branco.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1976/indicacao_no_235.2023_-_jorge_jackson_juliano_e_allana_redutor_e_velocidade.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1976/indicacao_no_235.2023_-_jorge_jackson_juliano_e_allana_redutor_e_velocidade.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possam realizar a instalação de redutores de velocidade na Rua João Toporowicz, entre a antiga ponte e o marco da Eletrosul.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1977/indicacao_no_236.2023_-_eneas_valter_parafuso_e_irineu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1977/indicacao_no_236.2023_-_eneas_valter_parafuso_e_irineu.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal solicitando que solicite para a empresa responsável pelo transporte público para que monte um ponto de venda ou efetue convênio com empresas do comércio para a venda de passes/bilhetes de ônibus no centro da cidade, para melhor atendimento dos usuários.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1978/indicacao_no_237.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1978/indicacao_no_237.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a construção de um banheiro privativo, ou seja, para uso exclusivo dos servidores lotados neste local, no Posto de Saúde de Vila Americana, nesta cidade.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1979/indicacao_no_238.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1979/indicacao_no_238.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a abertura de uma porta de tamanho grande e em local adequado, que seja possível a passagem de pacientes na maca e com cadeira de rodas, no Posto de Saúde de Vila Americana, nesta cidade.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1980/indicacao_no_239.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1980/indicacao_no_239.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de lixeiras com tampa na entrada da comunidade da Terra Vermelha.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira, Allana Feijó Santa Clara, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1981/indicacao_no_240.2023_-_juliano_jorge_jackson_allana_e_eneas_acidente_jardim_santa_cruz.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1981/indicacao_no_240.2023_-_juliano_jorge_jackson_allana_e_eneas_acidente_jardim_santa_cruz.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, melhoraria na sinalização de trânsito da Rua David Felipe de Meira, Jardim Santa Cruz, no trecho onde apresenta uma curva perigosa._x000D_
 No ano de 2022, solicitamos para o mesmo trecho a melhoria de sinalização em conformidade com a Indicação nº 201/2022, sugerindo a colocação de tachão ou tartaruga, a fim de sinalizar a divisão das pistas, pois tem muita ocorrência de veículos andando na contramão nessa curva perigosa. Entretanto, em resposta à Câmara Municipal pelo Ofício nº 878/202, a Secretaria de Obras informou que seria realizado vistoria técnica para análise da implantação.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacao_no_241.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacao_no_241.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo sugerindo a implantação de um redutor de velocidade na Rua João Gabriel Martins nas proximidades da empresa Barantec Antenas.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacao_no_242.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacao_no_242.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo, sugerindo a implantação de uma faixa elevada na rua Dona Estefânia e outra na rua Barão do Rio Branco e manutenção nas pinturas e sinalização ambas nas proximidades da Escola Pedro Effico.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacao_no_243.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacao_no_243.2023_-_allana_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Poder Executivo sugerindo para que seja feita as podas de árvores nos canteiros das ruas Moisés Santos Lima, Rua Professor Bernardo do Amaral Wolff e Rua Lauro Severiano na Vila Verde.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacao_no_244.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacao_no_244.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a reforma de calçada junto a faixa de pedestre que, inclusive, é também acesso de cadeirante na Rua Hezir Leal Hultman, próximo a escola de Vila Verde, nesta cidade.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacao_no_245.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacao_no_245.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de 03 (três) bueiros nas seguintes comunidades:_x000D_
 	01 (um) bueiro na comunidade do Rosas, nas proximidades da propriedade do Sr. Mauro Bagiski;_x000D_
 	01 (um) bueiro na comunidade do Colônia Iguaçu, nas proximidades do Clube do Bolinha;_x000D_
 	01 (um) bueiro na comunidade do Colônia Cachoeira, nas proximidades do pesque-pague do Sr. Ivo.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacao_no_246.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacao_no_246.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a realização de podas de arbustos na Rua Tenente Max Wolff Filho, esquina com a Rua Dona Estefânia, nesta cidade.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacao_no_247.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacao_no_247.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, fazer um estudo de viabilidade para a implantação de faixa de travessia de pedestres, placas indicativas de passagem sinalizada de pedestres e placa de velocidade máxima permitida de 40 km/h, na Rodovia PR 364 em frente ao Clube de Mães do Paiol Grande, nesta cidade.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacao_no_248.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacao_no_248.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a implantação de redutor de velocidade – lombada, na estrada de Faxinal do Ilhéus, próximo a residência do Sr. Mauro Guimarães, neste município.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacao_no_249.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacao_no_249.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, reformas e fechaduras nos portões, entrada e lateral do cemitério municipal de Colônia Taquaral.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacao_no_250.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacao_no_250.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal para que a Secretaria responsável possa realizar a implantação de redutor de velocidade e placa de sinalização, conforme as normas vigentes, na Rua Theodoro Toppel, 1475.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacao_no_251.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacao_no_251.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, as melhorias necessárias, como patrolamento e empedramento na estrada da comunidade de Santana, nas proximidades da rodovia BR 476, neste município.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacao_no_252.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacao_no_252.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, efetuar as melhorias necessárias, como patrolamento e empedramento na Rua dos Imigrantes, rua nova frente ao Posto de Saúde e Igreja Católica na Vila Americana, nesta cidade.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacao_no_253.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacao_no_253.2023_-_parafuso_irineu_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que a Secretaria responsável realize a limpeza da Rua Dona Estefânia nas proximidades da empresa BBM.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_no_254.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_no_254.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal para que a Secretaria responsável possa realizar a instalação de iluminação pública, conforme normas vigentes, no último poste da Rua Valetin Gosik com a esquina da Rua Janoski, nas proximidades do Senai de São Mateus do Sul.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_no_255.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_no_255.2023_-_valter_parafuso_irineu_e_eneas.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal para que a Secretaria responsável possa realizar motonivelamento, cascalhamento, limpeza de bueiros na estrada secundária da comunidade da Divisa, nas mediações da família Riske.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_no_256.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_no_256.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, efetuar as melhorias necessárias, como colocar e espalhar pedras, tipo bica corrida, na estrada em frente à escola e colégio de Turvo de Baixo, neste município.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_no_257.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_no_257.2023_-_irineu_parafuso_eneas_e_valter.pdf</t>
   </si>
   <si>
     <t>Que a Sra. Prefeita Municipal solicite ao departamento competente, a reconstruir um ponto de ônibus na Rua Manoel Cunha Bitencourt, aproximadamente 100 metros antes do antigo CEPE, Vila Buasqui, nesta cidade.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/mocao_no_001.2023_-_jorge_homenagem_rdx.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/mocao_no_001.2023_-_jorge_homenagem_rdx.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso em homenagem aos seus 40 anos de história da Rádio Difusora do Xisto FM – 88.7.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/mocao_no_002.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/mocao_no_002.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Em homenagem do grupo musical “Os Müller” aos mais de 50 anos de contribuição a cultura musical de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/mocao_no_003.2023_-_jeciel-_mocao_de_aplusos_jenifer.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/mocao_no_003.2023_-_jeciel-_mocao_de_aplusos_jenifer.pdf</t>
   </si>
   <si>
     <t>Em homenagem a são-mateuense Jennifer Jaworski pela premiação de MISS PARANÁ 2023 representando a cidade de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao_no_004.2023_-_valter_-_tradicao_polonesa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao_no_004.2023_-_valter_-_tradicao_polonesa.pdf</t>
   </si>
   <si>
     <t>Em homenagem aos membros do Programa “Tradycje Polskie” – Tradição Polonesa, pelos 30 anos de transmissão em radiodifusão de São Mateus do Sul referente a cultura polonesa em especial as músicas polonesas.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/mocao_no_005.2023_-_valter_senhor_oscar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/mocao_no_005.2023_-_valter_senhor_oscar.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao Senhor Oscar Ribeiro de Souza, um dos pioneiros nas provas e competições de laço e rédea no Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/mocao_no_006.2023_-_parafuso__-_sao_gabriel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/mocao_no_006.2023_-_parafuso__-_sao_gabriel.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao Clube de Futebol São Gabriel, da localidade de Fluviópolis, pela conquista da 8ª Copa Adriano Ulbrich, final realizada em 18 de junho de 2023 no Estádio Municipal Dr. Carlos Edson Schramm – categoria aspirantes.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/mocao_no_007.2023_-_valter_-_vila_verde.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/mocao_no_007.2023_-_valter_-_vila_verde.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao Clube de Futebol da Vila Verde, sediada em São Mateus do Sul, pela conquista da 8ª Copa Adriano Ulbrich, final realizada em 18 de junho de 2023.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_no_008.2023_-_eneas_eq._fem._15.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_no_008.2023_-_eneas_eq._fem._15.pdf</t>
   </si>
   <si>
     <t>Em homenagem a Equipe Feminina 15+ de São Mateus do Sul, vice-campeã da competição de futebol de campo do Paraná Bom de Bola - Etapa Macrorregional – São Mateus do Sul, terminando a fase de com 29 gols em três jogos, avançando para a próxima fase.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1857/mocao_no_009.2023_-_eneas_eq._masc._16_e_21.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1857/mocao_no_009.2023_-_eneas_eq._masc._16_e_21.pdf</t>
   </si>
   <si>
     <t>As equipes do masculino sub 16 e do sub 21, campeãs em ambas as categorias, derrotando Araucária duas vezes, da competição de futebol de campo do Paraná Bom de Bola - Etapa Macrorregional – São Mateus do Sul.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1858/mocao_no_010.2023_-_eneas_eq._masc._master.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1858/mocao_no_010.2023_-_eneas_eq._masc._master.pdf</t>
   </si>
   <si>
     <t>A equipe do masculino de futebol Master 50+, terceira colocada da categoria da competição de futebol de campo do Paraná Bom de Bola - Etapa Macrorregional – São Mateus do Sul.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Juliano Orlowski de Oliveira, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1859/mocao_no_011.2023_-_picheth.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1859/mocao_no_011.2023_-_picheth.pdf</t>
   </si>
   <si>
     <t>Parabenizando todos os São-Mateuenses da 6ª Região Tradicionalista do Estado do Paraná que representaram o Paraná no Rodeio Nacional oficial em Irati, promovido pelo CBTG, MTGPR, 6ª Região Tradicionalista e Prefeitura de Irati.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1860/mocao_no_012.2023_-_valter_repudio.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1860/mocao_no_012.2023_-_valter_repudio.pdf</t>
   </si>
   <si>
     <t>À empresa PERES-AGROFLORESTAL, com endereço na Avenida Rigesa, Bairro João Paulo II, Três Barras-SC, à empresa Trans Muller e todas as empresas que estão atuando naquele região, diante da falta de bom senso junto à comunidade da região da Divisa, Lajeado, Porto Ribeiro, Palmito, São Miguel da Roseira, Fazenda Água Branca e Mico Magro, haja vista que no desenvolvimento de suas atividades, retiram árvores de Pinus e/ou Eucalipto, mesmo em dias de chuvas, ou pós chuvas, ocasionando estragos nas estradas rurais da região, não colaborando com a devida manutenção da mesma.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1885/mocao_no_013.2023_-_parafuso_-_luiz_de_oliveira_soares.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1885/mocao_no_013.2023_-_parafuso_-_luiz_de_oliveira_soares.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao Senhor Luiz de Oliveira Soares, atleta do Município de São Mateus do Sul, que participa há anos de diversas corridas em níveis regionais e estadual tendo excelentes desempenhos.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1912/mocao_no_014.2023_-_allana_-_corporacao_musical_fenix.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1912/mocao_no_014.2023_-_allana_-_corporacao_musical_fenix.pdf</t>
   </si>
   <si>
     <t>Em homenagem a Corporação Musical Fênix. Campeã Paranaense de Bandas e Fanfarra em Bandeirantes, na categoria percussão e lira sênior e 3º Lugar Baliza.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima, Allana Feijó Santa Clara, Irineu Lepinski Macuco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/mocao_de_apoio_no_015.2023_-_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/mocao_de_apoio_no_015.2023_-_jackson.pdf</t>
   </si>
   <si>
     <t>Iniciativa dos vereadores subscritores a MOÇÃO DE APOIO ao Congresso Nacional, em face da iminente legalização do aborto por meio da ADPF 442 pelo STF, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo. _x000D_
 _x000D_
 Aos Gabinetes das Presidências do Senado Federal e da Câmara dos Deputados, para acolher esta moção como manifestação dos vereadores que subscrevem, para impedir a usurpação da competência primária do Poder Legislativo de legiferante. Ainda, em defesa do princípio republicano da Separação de Poderes e, em respeito ao sistema de Freios e Contrapesos, consagrados no texto constitucional, esta moção é motivada pelo tentame de legislar por vias judiciais matérias a respeito da interrupção voluntária da gravidez, conforme implícita a ADPF nº 442 – Arguição de Descumprimento de Preceito Fundamental apresentada ao Supremo Tribunal Federal no sentido de questionar se há recepcionalidade dos artigos 124 e 126 do Código Penal (dispõe sobre o</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>Valter Przywitowski, Allana Feijó Santa Clara, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/mocao_no_016.2023_-_valter_-_femarcacao_terras_indigenas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/mocao_no_016.2023_-_valter_-_femarcacao_terras_indigenas.pdf</t>
   </si>
   <si>
     <t>Em face da proposta de emenda à Constituição nº 48, de 2023 e demais propostas legislativas que vierem a surgir sobre a problemática envolvendo o marco temporal da demarcação das terras indígenas estabelecido em 5 de outubro de 1988, data da promulgação da Constituição.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/mocao_no_017.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/mocao_no_017.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Em face da manifestação do Presidente do Senado, Rodrigo Pacheco, sobre a questão da descriminalização das drogas para consumo pessoal na qual o Excelentíssimo Presidente do Senado Federal pontou que o Poder Legislativo é o responsável pela resolução do tema por meio de uma nova legislação.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1944/mocao_no_018.2023_-_eneas_jiu-jitsu_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1944/mocao_no_018.2023_-_eneas_jiu-jitsu_v2.pdf</t>
   </si>
   <si>
     <t>Ao Lutador de São Mateus do Sul, Derick Gabriel Moreira Costa pela conquista do 1º lugar no campeonato internacional de Jiu-jitsu na capital do Estado do Paraná.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1967/mocao_no_019.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1967/mocao_no_019.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao estudante da APAE de São Mateus do Sul e aos estudantes das Escolas Municipais de São Mateus do Sul que participaram da Cerimônia de premiação do Concurso Agrinho 2023, realizada na Expotrade Pinhais em Curitiba, Estado do Paraná.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>Em análise.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1969/mocao_no_021.2023_-_valter_-_mocao_primeira_igreja_batista.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1969/mocao_no_021.2023_-_valter_-_mocao_primeira_igreja_batista.pdf</t>
   </si>
   <si>
     <t>Ao aniversário de 32 anos da Primeira Igreja Batista em São Mateus do Sul realizado nos dias 4 e 5 de novembro de 2023 no Parque de Exposições em São Mateus do Sul.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1989/mocao_no_022.2023_-_valter_-ctg.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1989/mocao_no_022.2023_-_valter_-ctg.pdf</t>
   </si>
   <si>
     <t>Ao peão Emmanuel Okonoski, do CTG Chapada dos Ervais pela conquista do título inédito de 2º Peão Tradicionalista Juvenil da CBTG 2023-2025.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2013/mocao_no_023.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2013/mocao_no_023.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Em homenagem ao Pastor Oswaldo Rodrigues de Jesus pela sua dedicação e empenho no exercício de seu ministério pastoral, onde tem sido um líder espiritual e um exemplo de fé para o município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_no_024.2023_-_valter.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_no_024.2023_-_valter.pdf</t>
   </si>
   <si>
     <t>Em homenagem às Paróquias São Mateus, Nossa Senhora do Perpétuo Socorro e Nossa Senhora Aparecida e Czestochowa, que têm desempenhado um papel fundamental na vida religiosa e social no município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Allana Feijó Santa Clara, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2022/mocao_no_025.2023_-_jorge_samas_pe_de_xisto.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2022/mocao_no_025.2023_-_jorge_samas_pe_de_xisto.pdf</t>
   </si>
   <si>
     <t>Em homenagem à Equipe de corrida SAMAS PÉ DE XISTO, pela promoção da interação entre os atletas amantes de corrida de rua no município de São Mateus do Sul e região.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/projeto_de_lei_no_001.2023_executivo_-_2a_alteracao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/projeto_de_lei_no_001.2023_executivo_-_2a_alteracao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de ações e metas no PPA 2022-25 e na LDO 2023, por meio da fonte 636 - OPERAÇÃO DE CRÉDITO - LEI 3033 DE 21/10/2021.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_lei_no_002.2023_executivo_-_1a_alteracao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_lei_no_002.2023_executivo_-_1a_alteracao.pdf</t>
   </si>
   <si>
     <t>Dispõe a abertura de crédito adicional especial, no valor de R$ 3.860.000,00 (três milhões e oitocentos e sessenta mil reais) através de operação de crédito por meio da fonte 636 - OPERAÇÃO DE CRÉDITO - LEI 3033 DE 21/10/2021.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/projeto_de_lei_no_003.2023_executivo_-_1a_alteracao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/projeto_de_lei_no_003.2023_executivo_-_1a_alteracao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 858.000,00 (oitocentos e cinquenta e oito mil reais) através de provável excesso de arrecadação na fonte 945 - CONVENIO 357/2019 INFRAESTRUTURA URBANA CONSTRUÇÃO CENTRO DE CONVIVÊNCIA e superávit financeiro na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/projeto_de_lei_no_004.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/projeto_de_lei_no_004.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subsídios ao sistema de transporte público e das outras providências.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/projeto_de_lei_no_005.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/projeto_de_lei_no_005.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Anexo I - Metas e Prioridades da Administração Municipal para 2022-2025, na Lei nº 3.049/2021 - Plano Plurianual 2022-2025 e no Anexo I - Metas e Prioridades da Administração Municipal para 2023, na Lei 3.132/2022 - Lei de Diretrizes Orçamentárias - LDO/2023.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/projeto_de_lei_no_006.2023.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/projeto_de_lei_no_006.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores públicos e agentes políticos do Município de São Mateus do Sul, extensivo aos inativos e pensionistas do Instituto de Previdência do Município de São Mateus do Sul, a partir do mês de janeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/projeto_de_lei_no_007.2023_-__reajuste_professores_-_final.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/projeto_de_lei_no_007.2023_-__reajuste_professores_-_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos professores integrantes do magistério municipal regidos pela Lei Nº 2.000/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/projeto_de_lei_no_008.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/projeto_de_lei_no_008.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dá publicidade aos termos da Regularização Fundiária que com base no Provimento Conjunto n. 0212020-GPICGJ do Tribunal de Justiça do Estado do Paraná, legitima, instrumentaliza e autoriza o procedimento de titulação dos lotes inseridos em áreas irregulares do município de São Mateus do Sul/PR nos termos do "Programa Moradia Legal.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto_de_lei_no_009.2023_executivo_-_alteracao_rev._prof..pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto_de_lei_no_009.2023_executivo_-_alteracao_rev._prof..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 3.165/2022, que dispõe sobre o reajuste dos vencimentos dos professores integrantes do magistério da rede pública municipal, extensivo aos inativos e pensionistas do Instituto de Previdência do Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_no_010.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_no_010.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 2000/2010, que dispõe sobre o Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_no_011.2023_-dispoe_sobre_a_cessao_de_servidores_publicos_municipais_para_outros_orgaos_ou_entidades_publicas_e_da_outr.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_no_011.2023_-dispoe_sobre_a_cessao_de_servidores_publicos_municipais_para_outros_orgaos_ou_entidades_publicas_e_da_outr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de servidores públicos municipais para outros órgãos ou entidades públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/projeto_de_lei_no_012.2023_-_1a_readequacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/projeto_de_lei_no_012.2023_-_1a_readequacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.726/2016, que autoriza o Poder Executivo a destinar recursos à concessão de transferências voluntárias.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_013.2023_-_altera_lei_municipal_2284_2013_-_cmdca.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_013.2023_-_altera_lei_municipal_2284_2013_-_cmdca.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 2.284/2013, que dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente e estabelece normas gerais para a adequada aplicação, o Conselho Municipal, o Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/projeto_de_lei_no_014.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/projeto_de_lei_no_014.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 84.893,28 (oitenta e quatro mil, oitocentos e noventa e três reais e vinte e oito centavos) através de superávit financeiro na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/projeto_de_lei_no_015.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/projeto_de_lei_no_015.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 250.000,00 (duzentos e cinquenta mil reais) através de superávit financeiro apurado na fonte 954 - ESTRUT DA REDE DE SERVIÇOS SUAS - EMENDA DE BANCADA 71170015.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_no_016.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_no_016.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 46.000,00 (quarenta e seis mil reais) através de provável excesso de arrecadação na fonte 940 - Bloco de Financiamento da Gestão do Programa Bolsa família e Cadastro Único.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/projeto_de_lei_no_017.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/projeto_de_lei_no_017.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3.037/2021, que autoriza o chefe do poder executivo a conceder direito real de uso e doação de imóvel, conforme especifica.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_no_018.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_no_018.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Secretaria Municipal à qual está vinculado o Sistema Municipal de Cultura, instituído pela Lei Municipal nº 3.143/2022, e o Plano Municipal de Cultura, criado pela Lei Municipal nº 3.144/2022.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_no_019.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_no_019.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ações prioritárias da Administração Pública Municipal, Metas e Riscos Fiscais, Diretrizes Gerais para elaboração da Proposta Orçamentária e Normas de Execução Financeira a serem executadas pelo Município de São Mateus do Sul, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no_020.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no_020.2023_executivo.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projet1.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projet1.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I, do art. 5º da Lei Municipal n.º 1.636/06, que dispõe sobre a criação e define atribuições do Conselho Municipal de Desenvolvimento Sustentável da Agricultura Familiar de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no_022.2023_-__autoriza__a_doar_terreeno_empresa_terra_nossa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no_022.2023_-__autoriza__a_doar_terreeno_empresa_terra_nossa.pdf</t>
   </si>
   <si>
     <t>Autoriza, no âmbito do programa municipal de fomento ao desenvolvimento econômico local e de apoio à inovação instituído pela Lei Municipal n.º 3.140/2022, a doar, com encargo, área no Distrito Industrial à Empresa Terra Nossa Ltda.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_no_023.2023-_abre_credito_suplementar_folha_saude_e_educacao_.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_no_023.2023-_abre_credito_suplementar_folha_saude_e_educacao_.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito adicional suplementar, no Orçamento do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1819/projeto_de_lei_no_024.2023_-__altera_lei_municipal_no_2.854.2018_que_autoriza_o_auxilio_financeiro_em_favor_do_hospital_e_maternidade_dr.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1819/projeto_de_lei_no_024.2023_-__altera_lei_municipal_no_2.854.2018_que_autoriza_o_auxilio_financeiro_em_favor_do_hospital_e_maternidade_dr.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º, 4º e Anexo Único da Lei Municipal Nº 2.854/2018, que autoriza o auxílio financeiro em favor da Entidade Filantrópica Hospital e Maternidade Dr. Paulo Fortes.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1820/projeto_de_lei_025.2023_-_dispoe_sobre_a_instituicao_e_inclusao_no_calendario_de_festas_e_comemoracoes_do_municipio_a_tradycje_polskie.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1820/projeto_de_lei_025.2023_-_dispoe_sobre_a_instituicao_e_inclusao_no_calendario_de_festas_e_comemoracoes_do_municipio_a_tradycje_polskie.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e inclusão no Calendário de Festas e Comemorações do Município, a Tradycje Polskie, comemorada, anualmente, no mês de agosto.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_no_026.2023_-__dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_no_026.2023_-__dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a Portaria nº 1467/2022, de 02 junho de 2022, que Disciplina os parâmetros e as diretrizes gerais para organização e funcionamento dos regimes próprios de previdência social dos servidores públicos da União, dos Estados, do Distrito Federal e dos Municípios, em cumprimento à Lei nº 9.717, de 1998, aos arts. 1º e 2º da Lei nº 10.887, de 2004 e à Emenda Constitucional nº 103, de 2019 - custo suplementar por aportes financeiros - da Regime Próprio de Previdência dos Servidores Públicos do Município de São Mateus do Sul/PR, mediante atualização anual, revoga a Lei nº 3124/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_027.2023.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_027.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 415.526,02 (quatrocentos e quinze mil, quinhentos e vinte e seis reais e dois centavos) através de excesso de arrecadação na fonte 1053 - Transferências Destinadas ao Setor Cultural - LC nº 195/2022 - Art. 5º - Audiovisual e 1054 - Transferências Destinadas ao Setor cultural - LC nº 195/2022 - Art. 8º - Demais Setores da Cultura.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1852/projeto_de_lei_no_028.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1852/projeto_de_lei_no_028.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 6.000,00 (seis mil reais) através de anulação de dotação orçamentária - Bloco de Financiamento da Gestão do Programa Bolsa família e Cadastro Único.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1853/projeto_de_lei_no_029.2023_executivo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1853/projeto_de_lei_no_029.2023_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Lei Municipal nº 2.601, de 22.09.2015, que Institui o Plano de Carreiras da Prefeitura Municipal de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_de_lei_no_030.2023_-_autoriza__promover_a_concessao_de_direito_real_de_uso_de_imovel_publico_-_idoso.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_de_lei_no_030.2023_-_autoriza__promover_a_concessao_de_direito_real_de_uso_de_imovel_publico_-_idoso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a concessão de direito real de uso de imóvel público para fins sociais e dá outras providências.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_no_031.2023_-_abre_credito_especial_pss_advogado.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_no_031.2023_-_abre_credito_especial_pss_advogado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 36.000,00 (trinta e seis mil reais) através de anulação de dotação orçamentária na fonte 000 – Recursos Livres.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1875/projeto_de_lei_no_032.2023_-_loa_2024_1a_alteracao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1875/projeto_de_lei_no_032.2023_-_loa_2024_1a_alteracao.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Mateus do Sul para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/projeto_de_lei_no_033.2023_-_piso_enfermagem.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/projeto_de_lei_no_033.2023_-_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar o valor da assistência financeira da União, destinada ao cumprimento do piso salarial nacional dos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem, conforme a Emenda Constitucional n° 127, de 22 de dezembro de 2022, Lei Federal n° 14.434, de 04 de agosto de 2022, e Portaria GM/MS n° 1.135, de 16 de agosto de 2022, e dá outras providencias.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/projeto_de_lei_no_034.2023_-_abre_credito_adicional.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/projeto_de_lei_no_034.2023_-_abre_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar, no valor de R$ 1.946.000,00 (um milhão, novecentos e quarenta e seis mil reais) através de anulação de dotação orçamentária na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_no_035.2023_-__autoriza__a_receber_doacao_terreno_cohapar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_no_035.2023_-__autoriza__a_receber_doacao_terreno_cohapar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber terreno urbano em doação, nos termos do art. 14, IX da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1952/projeto_de_lei_no_036.2023_-__altera_lei_3056.2021_taxa_de_administracao_fundo_previdencia.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1952/projeto_de_lei_no_036.2023_-__altera_lei_3056.2021_taxa_de_administracao_fundo_previdencia.pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 1º. da Lei Nº 3.056/2021 de 22/12/2021, que dispõe sobre a taxa de administração para custeio das despesas necessárias à organização e ao funcionamento do Fundo de Previdência do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1991/projeto_de_lei_no_037.2023_-__cria_o_fundo_municipal_para_calamidades_publicas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1991/projeto_de_lei_no_037.2023_-__cria_o_fundo_municipal_para_calamidades_publicas.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL PARA CALAMIDADES PÚBLICAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2002/projeto_de_lei_no_038.2023_-__institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2002/projeto_de_lei_no_038.2023_-__institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO AO AGENTE DE CONTRAÇÃO, PREGOEIRO, AGENTE DE COMISSÃO DE CONTRATAÇÃO E DE EQUIPE DE APOIO DO MUNICÍPIO DE SÃO MATEUS DO SUL.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2003/projeto_de_lei_no_039.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2003/projeto_de_lei_no_039.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ORGÂNICA DO MUNICÍPIO DE SÃO MATEUS DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2017/projeto_de_lei_no_040.2023_-_autoriza__doar_imovel__ao_fundo_de_arrendamento_residencial_far_-_cohapar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2017/projeto_de_lei_no_040.2023_-_autoriza__doar_imovel__ao_fundo_de_arrendamento_residencial_far_-_cohapar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, doar imóvel de sua propriedade, ao Fundo de Arrendamento Residencial (FAR), e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_no_041.2023_-_institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_no_041.2023_-_institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_no_042.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_no_042.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_no_043.2023_-_abertura_de_credito_adicional_especial_no_valor_de_r_269.00000__lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_no_043.2023_-_abertura_de_credito_adicional_especial_no_valor_de_r_269.00000__lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial, no valor de R$ 269.000,00 (duzentos e sessenta e nove mil reais), através de anulação de dotação orçamentária na fonte 1053 - Transferências Destinadas ao Setor Cultural - LC nº 195/2022 - Art. 5º - Audiovisual.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2032/projeto_de_lei_no_044.2023_-__altera_lei_3.217.2023_que_dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2032/projeto_de_lei_no_044.2023_-__altera_lei_3.217.2023_que_dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf</t>
   </si>
   <si>
     <t>Revoga e altera dispositivos da Lei Municipal Nº 3.217/2023, que dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a Portaria nº 1467/2022, de 02 junho de 2022, que Disciplina os parâmetros e as diretrizes gerais para organização e funcionamento dos regimes próprios de previdência social dos servidores públicos da União, dos Estados, do Distrito Federal e dos Municípios, em cumprimento à Lei nº 9.717, de 1998, aos arts. 1º e 2º da Lei nº 10.887, de 2004 e à Emenda Constitucional nº 103, de 2019 - custo suplementar por aportes financeiros - da Regime Próprio de Previdência dos Servidores Públicos do Município de São Mateus do Sul/PR, mediante atualização anual, e dá outras providências.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_complementar_no_001.2023_refis.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_complementar_no_001.2023_refis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Recuperação Fiscal (REFIS - 2023), destinado à recuperação de pessoas físicas ou jurídicas, em débito com a Fazenda Pública Municipal, mediante opção expressa de adesão, com concessão de anistia para pagamento à vista ou parcelado de dívida ativa de qualquer natureza, estabelece normas para o seu pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/projeto_de_lei_complementar_no_002.2023_-_alteracao_lc_n_080.2020_codigo_de_posturas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/projeto_de_lei_complementar_no_002.2023_-_alteracao_lc_n_080.2020_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 149 da Lei Complementar Nº 080/2020, que estabelece o Código de Posturas do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_lei_complementar_no_003.2023_-_altera_estatuto_-_licenca_de_mandato_classista.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_lei_complementar_no_003.2023_-_altera_estatuto_-_licenca_de_mandato_classista.pdf</t>
   </si>
   <si>
     <t>Altera a alínea "b", inciso II, do §3º, do art. 94 da Lei Complementar 02 de 08 de agosto de 1994 – Estatuto dos Servidores Públicos do Município de São Mateus do Sul/Pr e, dá outras providências.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_do_legislativo_no_001.2023_-_valter_palco_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_do_legislativo_no_001.2023_-_valter_palco_v2.pdf</t>
   </si>
   <si>
     <t>Denomina o Palco de Apresentações artísticas e culturais, localizado na Rua do Mathe Pe. Silvano Shurmacz, de Palco de Apresentações Culturais e Artísticas Professora Regina Aparecida Trinco dos Santos.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_do_legislativo_no_002.2023_-_eneas_acompanhante_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_do_legislativo_no_002.2023_-_eneas_acompanhante_v2.pdf</t>
   </si>
   <si>
     <t>Fica assegurado o direito das mulheres de terem acompanhante, de sua livre escolha, nas consultas e exames em geral nos estabelecimentos públicos e privados de saúde no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_do_legislativo_no_003.2023_-_parafuso_rua_davi_iaros.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_do_legislativo_no_003.2023_-_parafuso_rua_davi_iaros.pdf</t>
   </si>
   <si>
     <t>Denomina uma das ruas do Município de São Mateus do Sul como Rua Davi Iaros.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_do_legislativo_no_004.2023_-_jeciel_regina.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_do_legislativo_no_004.2023_-_jeciel_regina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Obrigatoriedade de contratação de Artistas/Músicos, Bandas (Locais) e Rider Técnico específico para apresentação em eventos oficiais que estão inclusos no calendário oficial, organizados pelo município ou por empresa entidade e/ou associação que receber subvenção ou apoio financeiro do poder público.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/projeto_de_lei_do_legislativo_no_005.2023_-_irineu_ubs.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/projeto_de_lei_do_legislativo_no_005.2023_-_irineu_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde, situada na localidade da Vargem Grande, como “Unidade Básica de Saúde João Mathias Ferreira”</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro de Convivência do Idoso como “Centro de Convivência do Idoso Elpídio Brusque”. _x000D_
 _x000D_
 (Alterado pelo Substitutivo nº 001/2023 ao Projeto de Lei do Legislativo nº 006/2023, aprovado em 23/05/2023)</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Centro de Convivência do Idoso de “Elpídio Bruque” localizado na rua Agenor do Nascimento de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_do_legislativo_no_008.2023.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_do_legislativo_no_008.2023.pdf</t>
   </si>
   <si>
     <t>Denomina o centro da convivência da terceira idade municipal de "Laurita Silva Oliveira".</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_lei_do_legislativo_no_009.2023_-_parafuso_cras_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_lei_do_legislativo_no_009.2023_-_parafuso_cras_v2.pdf</t>
   </si>
   <si>
     <t>Denomina Centro de Referência de Assistência Social, como “Centro de Referência e Assistência Social Romoaldo Budinski.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_do_legislativo_no_010.2023_-_valter_denise.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_do_legislativo_no_010.2023_-_valter_denise.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro Municipal de Educação de Educação Infantil localizado na Vila Bom Jesus, bem público de uso especial, como Centro Municipal de Educação Infantil Professora Denise dos Santos Pinto.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_do_legislativo_no_011.2023_-_eneas_rua_ladislau_brudnicki.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_do_legislativo_no_011.2023_-_eneas_rua_ladislau_brudnicki.pdf</t>
   </si>
   <si>
     <t>Denomina uma das ruas do Município de São Mateus do Sul como Rua Ladislau Brudnicki.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_do_legislativo_no_012.2023_-_valter_vale_feira.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_do_legislativo_no_012.2023_-_valter_vale_feira.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 3º e 13 da Lei Municipal nº 3.016, de 19 de agosto de 2021 que Dispõe sobre o Programa Social de concessão do “VALE FEIRA-REAL MATE” no Município de São Mateus do Sul/PR.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_do_legislativo_no_013.2023_-_jeciel_luiz_lanches.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_do_legislativo_no_013.2023_-_jeciel_luiz_lanches.pdf</t>
   </si>
   <si>
     <t>Denomina “Praça Luizinho Lanches”, o parque municipal localizado na proximidade do Rio Iguaçu.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_do_legislativo_no_014.2023_-_parafuso_rua_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_do_legislativo_no_014.2023_-_parafuso_rua_v2.pdf</t>
   </si>
   <si>
     <t>Denomina uma das ruas do Município de São Mateus do Sul como “Rua Vereador Mateus Severo Maciel e Silva”.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/projeto_de_lei_do_legislativo_no_015.2023_-_eneas_saude_bucal.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/projeto_de_lei_do_legislativo_no_015.2023_-_eneas_saude_bucal.pdf</t>
   </si>
   <si>
     <t>Política Municipal de Proteção à Saúde Bucal da Pessoa Hospitalizada.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_legislativo_no_016.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_legislativo_no_016.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Institui a “POLITICA MUNICIPAL DE ATENDIMENTO INTEGRAL E PRIORITÁRIO À PESSOA DIAGNOSTICADA COM O TRANSTORNO DO ESPECTRO AUTISTA – TEA, NO ÂMBITO DO MUNICIPIO DE SÃO MATEUS DO SUL”.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1876/projeto_de_lei_do_legislativo_no_017.2023_-_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1876/projeto_de_lei_do_legislativo_no_017.2023_-_omar.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Mateus do Sul a “Semana Municipal de valorização a Cultura São-mateuense” e dá outras providências.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_do_legislativo_no_018.2023_seguranca.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_do_legislativo_no_018.2023_seguranca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de segurança nas escolas da rede municipal de ensino do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_do_legislativo_no_019.2023_-_valter_ronda_e_protecao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_do_legislativo_no_019.2023_-_valter_ronda_e_protecao.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Ronda de Segurança e Proteção Escolar Permanente - PRSPEP para garantia de segurança nos âmbitos das creches municipais e escolas públicas de educação infantil e fundamental no Munícipio de São Mateus Sul.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_do_legislativo_no_020.2023_-_cameras_de_seguranca_alteracao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_do_legislativo_no_020.2023_-_cameras_de_seguranca_alteracao.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2° da Lei n° 3.005, de 30 de junho de 2021, que dispõe sobre a instalação de câmeras de monitoramento e segurança nos centros de educação infantil e escolas públicas municipais no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_lei_do_legislativo_no_021.2023_-_botao_do_panico.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_lei_do_legislativo_no_021.2023_-_botao_do_panico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de dispositivo de segurança denominado "botão de pânico" nas escolas da rede municipal de ensino e creches municipais situadas no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1704/projeto_de_lei_do_legislativo_no_022.2023_-_omar_-_vulto_emerito.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1704/projeto_de_lei_do_legislativo_no_022.2023_-_omar_-_vulto_emerito.pdf</t>
   </si>
   <si>
     <t>Concede o título de Vulto Emérito à Jennifer Kuiawa Jaworski, eleita Missa Paraná em 2023 representando o Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_do_legislativo_no_023.2023_-_jeciel_1a_readequacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_do_legislativo_no_023.2023_-_jeciel_1a_readequacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar na Rede Municipal de Saúde, a dispensação de medicamentos essencial preceituados no Pronto Atendimento Municipal nos finais de semana e feriados e dá outras providências.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_do_legislativo_no_024.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_do_legislativo_no_024.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Estabelece isenção de taxa de concurso público e meia entrada em eventos culturais e esportivos subsidiados pelo município, para doadores de sangue e medula óssea.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_do_legislativo_no_025.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_do_legislativo_no_025.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Concede título de “Cidadão Honorário de São Mateus do Sul” ao Dr Felipe Lucas pelos relevantes serviços prestados a Municipalidade de São Mateus do Sul, estado do Paraná.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_lei_do_legislativo_no_026.2023_-_irineu_terco.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_lei_do_legislativo_no_026.2023_-_irineu_terco.pdf</t>
   </si>
   <si>
     <t>Institui o Dia 8 de Setembro como Dia Municipal do Terço dos Homens e inclui a data no Calendário Oficial de Eventos do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_do_legislativo_no_027.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_do_legislativo_no_027.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Institui o mês “MAIO LARANJA” de combate ao abuso e à exploração sexual de crianças e adolescentes no âmbito do município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/projeto_de_lei_do_legislativo_no_028.2023_-_valter_vilmar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/projeto_de_lei_do_legislativo_no_028.2023_-_valter_vilmar.pdf</t>
   </si>
   <si>
     <t>Concede Título de Vulto Emérito para Vilmar Guimarães Ulbrich.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_do_legislativo_no_029.2023_-_jeciel-_valorizacao_dos_artistas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_do_legislativo_no_029.2023_-_jeciel-_valorizacao_dos_artistas.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Valorização do Artista/Músico Local, denominado Lei Regina Trinco.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_legislativo_no_030.2023_-_parafuso_cras_elizete.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_legislativo_no_030.2023_-_parafuso_cras_elizete.pdf</t>
   </si>
   <si>
     <t>Denomina Centro de Referência de Assistência Social, como “Centro de Referência e Assistência Social Elizete Silveira Cruz”.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_do_legislativo_no_031.2023_-_jeciel_vulto_emertido_ao_sub_tenente_sandro.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_do_legislativo_no_031.2023_-_jeciel_vulto_emertido_ao_sub_tenente_sandro.pdf</t>
   </si>
   <si>
     <t>Concede o título de Vulto Emérito ao Subtenente Militar Sandro José Pieunoski Skodoski pelos serviços prestados ao município de São Mateus do Sul, durante sua carreira na Polícia Militar.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no_032.2023_-_jeciel_transparencia_nas_entidades.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no_032.2023_-_jeciel_transparencia_nas_entidades.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das entidades privadas sem fins lucrativos, organizações não governamentais, de envio de prestação de contas de forma quadrimestral ao Poder Legislativo de São Mateus do Sul da aplicação dos recursos públicos quando ultrapassarem o valor de R$ 10.000,00 (Dez mil reais) mensais para complementar serviços de saúde no âmbito do Sistema Único de Saúde do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/projeto_de_lei_do_legislativo_no_033.2023_-_mesa_diarias.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/projeto_de_lei_do_legislativo_no_033.2023_-_mesa_diarias.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal nº 2.898, de 4 de abril de 2019 modificada pela Lei municipal nº 2.906/2019 que estabelece normas para a liberação de diárias para custear despesas de alimentação, hospedagem e locomoção urbana para servidores efetivos, comissionados e agentes políticos no âmbito da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>Denomina a nova praça da Vila Pinheirinho como “Praça Irene Tkaczyk da Silva”.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Irineu Lepinski Macuco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_do_legislativo_no_035.2023_-_horta_nas_escolas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_do_legislativo_no_035.2023_-_horta_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Programa “Horta Escolar”, com o objetivo de desenvolver ações para institucionalizar a instalação e manutenção de hortas nas dependências das escolas municipais.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_do_legislativo_no_036.2023_-_irineu_sala_de_amamentacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_do_legislativo_no_036.2023_-_irineu_sala_de_amamentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de salas de apoio à amamentação em órgãos e entidades públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1817/projeto_de_lei_do_legislativo_no_037.2023_-_irineu_semana_alimentacao_materna.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1817/projeto_de_lei_do_legislativo_no_037.2023_-_irineu_semana_alimentacao_materna.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Incentivo ao aleitamento materno no âmbito do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1818/projeto_de_lei_do_legislativo_no_038.2023_-_utilidade_publica_agua_bca_baixo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1818/projeto_de_lei_do_legislativo_no_038.2023_-_utilidade_publica_agua_bca_baixo.pdf</t>
   </si>
   <si>
     <t>Confere o título de Utilidade Pública, em âmbito municipal, a Associação de Moradores e Agricultores de Água Branca de Baixo, município de São Mateus do Sul, e dá outras providencias.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_do_legislativo_no_040.2023_-_valter_czestochowa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_do_legislativo_no_040.2023_-_valter_czestochowa.pdf</t>
   </si>
   <si>
     <t>Declara a festa polonesa em louvor a Czestochowa Paranska (Nossa Senhora dos Montes Claros), realizada na Comunidade Centenária da Água Branca como manifestação cultural e tradicional do Município de São Mateus do Sul e insere no Calendário Oficial de Eventos e comemorações, dá outras providências.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_do_legislativo_no_041.2023_-_mesa_310_mil.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_do_legislativo_no_041.2023_-_mesa_310_mil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar, no valor de R$ 310.000,00 (trezentos e dez mil reais) através da anulação parcial de dotação orçamentária.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1865/projeto_de_lei_do_legislaivo_no_042.2023_-_jorge_jackson_e_juliano_lista_de_medicamentos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1865/projeto_de_lei_do_legislaivo_no_042.2023_-_jorge_jackson_e_juliano_lista_de_medicamentos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação da relação dos medicamentos disponíveis e indisponíveis na rede pública municipal de saúde do município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/projeto_de_lei_do_legislativo_no_044.2023_-_valter_agrosamas_1a_alt.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/projeto_de_lei_do_legislativo_no_044.2023_-_valter_agrosamas_1a_alt.pdf</t>
   </si>
   <si>
     <t>Insere no Calendário oficial de atividades do Município de São Mateus do Sul o evento (AGROSAMAS), e dá outras providências.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/projeto_de_lei_do_legislativo_no_045.2023_-_jackson_jorge_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/projeto_de_lei_do_legislativo_no_045.2023_-_jackson_jorge_e_juliano.pdf</t>
   </si>
   <si>
     <t>Institui o Dia 14 de setembro como o Dia Municipal do Jiu-Jitsu em São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_do_legislativo_no_046.2023_-_rio_iguacu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_do_legislativo_no_046.2023_-_rio_iguacu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conscientização, proteção e segurança ambiental no Rio Iguaçu no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/projeto_de_lei_do_legislativo_no_047.2023_-_valter_cmei_alt.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/projeto_de_lei_do_legislativo_no_047.2023_-_valter_cmei_alt.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal nº 3.195, de 07 de junho de 2023 que denomina o Centro Municipal de Educação de Educação Infantil localizado na Vila Bom Jesus, bem público de uso especial, como Centro Municipal de Educação Infantil Professora Denise dos Santos Pinto.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Allana Feijó Santa Clara, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1945/projeto_de_lei_do_legislativo_no_048.2023_-_mesa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1945/projeto_de_lei_do_legislativo_no_048.2023_-_mesa.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único no artigo 2º da Lei nº 2.503, de 14 de novembro de 2014 alterada pela Lei nº 2.897, de 22 de março de 2019 que fixa o pronto pagamento, nos termos do artigo 60, Parágrafo Único da Lei nº 8.666/93, no âmbito da Câmara Municipal de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1946/projeto_de_lei_do_legislativo_no_049.2023_-_iptu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1946/projeto_de_lei_do_legislativo_no_049.2023_-_iptu.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder isenção do Imposto Predial e Territorial Urbano (IPTU) e isenção do pagamento da Taxa de Licença para Funcionamento aos estabelecimentos comerciais, industriais e prestadores de serviços que tiveram suas dependências atingidas por enchentes e alagamentos causados pelas chuvas ocorridas no Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Allana Feijó Santa Clara, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_do_legislativo_no_050.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_do_legislativo_no_050.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Confere o título de Utilidade Pública, em âmbito municipal, a Associação São-mateuense de Apoio e Proteção ao Idoso, no município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_do_legislativo_no_051.2023_-_valter_diva_distefano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_do_legislativo_no_051.2023_-_valter_diva_distefano.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro Municipal de Educação Arco íris, bem de uso especial, situado na Vila Verde, como Centro Municipal de Educação Infantil Professora Diva Gugelmin Distéfano.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1959/projeto_de_lei_do_legislativo_no_052.2023_-_valter_marcha_jesus.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1959/projeto_de_lei_do_legislativo_no_052.2023_-_valter_marcha_jesus.pdf</t>
   </si>
   <si>
     <t>Institui o evento denominado “Marcha para Jesus” a ser realizado anualmente no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1970/projeto_de_lei_do_legislativo_no_053.2023_-_valter_estadio_americana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1970/projeto_de_lei_do_legislativo_no_053.2023_-_valter_estadio_americana.pdf</t>
   </si>
   <si>
     <t>Denomina o Estádio Municipal situado no Bairro Americana como Estádio Municipal Jairo Soares, e dá outras providências.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1990/projeto_de_lei_do_legislativo_no_054.2023_-_omar_-_utilidade_publica.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1990/projeto_de_lei_do_legislativo_no_054.2023_-_omar_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Confere o título de Utilidade Pública a Associação de Famílias de agricultores e experimentadores em agroecologia no bioma da floresta com Araucária, situada no âmbito do Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Denomina o Mercado Municipal de São Mateus do Sul como Mercado Municipal Luciano Teodoro Staniszewski, e dá outras providências.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Denomina a Ala de Educação Infantil da Escola Municipal Anastácia Kimita de Paula como Ala de Educação Infantil Henrique Przywitowski, e dá outras providências.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_lei_complementar_do_legislativo_no_001.2023_-_eneas_abelha.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_lei_complementar_do_legislativo_no_001.2023_-_eneas_abelha.pdf</t>
   </si>
   <si>
     <t>Altera o inciso III do artigo 151 da Lei Complementar nº 080, de 18 de junho de 2020 que Estabelece o Código de Posturas do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1971/plcl_no_002.2023_-_valter_vedacao_veiculo_pesados.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1971/plcl_no_002.2023_-_valter_vedacao_veiculo_pesados.pdf</t>
   </si>
   <si>
     <t>Veda o tráfego de veículos automotores pesados com transporte de madeiras de “pinus” e/ou “eucalipto’ nas estradas rurais em períodos de grandes precipitações pluviométricas, conforme Anexo I desta Lei, no âmbito do Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_decreto_do_legislativo_no_001.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_decreto_do_legislativo_no_001.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Concede honraria de Mulher Destaque no âmbito do Município de São Mateus do Sul à Sra. Angela Cabral Sakurai.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1953/projeto_de_decreto_do_legislativo_no_002.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1953/projeto_de_decreto_do_legislativo_no_002.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Concede honraria de Mulher Destaque no âmbito do Município de São Mateus do Sul à Sra. Janete Zucco.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>CFO - Comissão Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1988/projeto_de_decreto_do_legislativo_no_003.2023_-_cfo_contas_2015.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1988/projeto_de_decreto_do_legislativo_no_003.2023_-_cfo_contas_2015.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Poder Executivo do Município de São Mateus do Sul referente ao exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_resolucao_no_001.2023_-_eneas_tempo_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_resolucao_no_001.2023_-_eneas_tempo_v2.pdf</t>
   </si>
   <si>
     <t>Altera, acrescenta e revoga dispositivos no Regimento Interno da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>apresentação do projeto de resolução em fase de análise.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1867/projeto_de_resolucao_no_003.2023_-_eneas_escola.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1867/projeto_de_resolucao_no_003.2023_-_eneas_escola.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta o funcionamento da Escola do Legislativo da Câmara Municipal de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1886/projeto_de_resolucao_no_004.2023_-_mesa_consignado.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1886/projeto_de_resolucao_no_004.2023_-_mesa_consignado.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de São Mateus do Sul a firmar convênio para a consignação em folha de pagamento para os servidores efetivos, comissionados e agentes políticos da Câmara Municipal de São Mateus Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/proposta_de_emenda_a_lom_no_001.2023_-_todos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/proposta_de_emenda_a_lom_no_001.2023_-_todos.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Orgânica do Município do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>RFPL</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>CLJR - Comissão Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/redacao_final_-_pll_no_018.2023_seguranca.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/redacao_final_-_pll_no_018.2023_seguranca.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL DO PROJETO DE LEI DO LEGISLATIVO Nº 018/2023:_x000D_
 Dispõe sobre a implantação de segurança nas escolas da rede municipal de ensino do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL AO PROJETO DE LEI DO LEGISLATIVO Nº 016/2023: Institui a “POLITICA MUNICIPAL DE ATENDIMENTO INTEGRAL E PRIORITÁRIO À PESSOA DIAGNOSTICADA COM O TRANSTORNO DO ESPECTRO AUTISTA – TEA, NO ÂMBITO DO MUNICIPIO DE SÃO MATEUS DO SUL”.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer À Prefeita Municipal, realize audiência pública convocando a sociedade em geral e instituições que colaboram com o desenvolvimento do município para tratar sobre o planejamento de uso do recurso que já está na conta da Prefeitura, proveniente da negociação dos Royalties atrasados da Petrobras SIX.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/requerimento_no_002.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/requerimento_no_002.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Solicita se há terreno institucional na comunidade da Vila Nepomuceno ao setor de patrimônio municipal, e, caso não haja, solicita à Excelentíssima Senhora Prefeita do Município a avaliação para compra de terreno naquela comunidade.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/requerimento_no_003.2023_-_eneas_-_reducao_de_intersticio_para_2a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/requerimento_no_003.2023_-_eneas_-_reducao_de_intersticio_para_2a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação dos Projetos de Lei nos 001, 002, 004 e 07/2023 de iniciativa do Poder Executivo, a fim de realizar a 2ª (segunda) Sessão Extraordinária ainda na data de hoje.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/requerimento_no_004.2023_-_eneas_-_reducao_intersticio_4a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/requerimento_no_004.2023_-_eneas_-_reducao_intersticio_4a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação dos Projetos de Lei nos 001, 002, 004 e 07/2023 de iniciativa do Poder Executivo, a fim de realizar a 2ª (segunda) Sessão Extraordinária ainda na data de hoje</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no_005.2023_-_jorge_jackson_e_juliano__informacoes_empresasante.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no_005.2023_-_jorge_jackson_e_juliano__informacoes_empresasante.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes à Empresa Santè:_x000D_
 ❖ Cópia do Termo de Fomento;_x000D_
 ❖ Qual o critério que foi utilizado para estipular o valor?_x000D_
 ❖ Por que essa empresa especificamente?_x000D_
 ❖ Cópia das notificações realizadas;</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no_006.2023_-_jorge_jackson_e_juliano.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no_006.2023_-_jorge_jackson_e_juliano.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das_x000D_
 Secretarias competentes, informações referentes aos reparos e recapes asfálticos que foram_x000D_
 realizados entre os dias 01/03/2022 ao dia 24/02/2023:_x000D_
 ❖ Cópia das medições; e_x000D_
 ❖ Fotos do antes e depois (caso tenham)._x000D_
 Observação 1: As informações referentes a Vila Americana já foram solicitadas em_x000D_
 requerimento anterior, desta forma, não se faz necessário o encaminhamento referente as_x000D_
 manutenções realizadas na Vila Americana, apenas as demais;_x000D_
 Observação 2: Solicitamos que seja enviado arquivo digital.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/requerimento_no_007.2023_-_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/requerimento_no_007.2023_-_jackson.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja esclarecido a destinação do valor de 100 mil reais_x000D_
 determinado para a reforma da Escola Municipal Odemira Cunha na Vila Amaral, referente a Emenda_x000D_
 Parlamentar Individual do ano de 2022:_x000D_
 ❖ Quais foram os critérios adotados pela ausência em comunicar o autor da Emenda_x000D_
 Parlamentar pela mudança da destinação do recurso, em conformidade com o §11 do_x000D_
 Art. 103 da Lei Orgânica Municipal;_x000D_
 ❖ Por que o autor da Emenda Parlamentar não foi consultado da alteração?_x000D_
 ❖ Será que a alteração da destinação do recurso deveria partir do Autor da Emenda_x000D_
 Parlamentar Impositiva?</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/requerimento_no_008.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/requerimento_no_008.2023_-_juliano_jorge_jackson_e_omar.pdf</t>
   </si>
   <si>
     <t>Requerer ao Departamento Nacional de Infraestrutura de Transportes (DNIT) informação_x000D_
 sobre a retirada de faixa de pedestres na BR-476 nas proximidades do radar eletrônico e do_x000D_
 Restaurante Veneza no município de São Mateus do Sul, Estado do Paraná, conforme as_x000D_
 coordenadas (-25.872467072190197, -50.39369192148655) retirado do Google Maps e imagens em_x000D_
 anexo do local._x000D_
 Neste local, a travessia de pedestres é intensa na BR-476, principalmente, de crianças que_x000D_
 precisam se deslocar para a escola municipal de nível fundamental._x000D_
 Os Vereadores que subscrevem sugerem a implantação de travessia elevada para aumentar_x000D_
 a segurança no local, principalmente, dos alunos que necessitam se deslocar diariamente_x000D_
 atravessando a BR-476.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/requerimento_no_009.2023_-_eneas_-_ciclovia.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/requerimento_no_009.2023_-_eneas_-_ciclovia.pdf</t>
   </si>
   <si>
     <t>Requer à Digníssima Prefeita Municipal, Fernanda G. Sardanha, que apresente informações acerca do cumprimento da Lei nº 3.021, de 26 de agosto de 2021 que instituiu a implantação de faixa de retenção e recuo exclusivo para bicicletas e motocicletas nas vias públicas com semáforos.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/requerimento_no_010.2023_-_juliano_jorge_jackson_e_omar_pa.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/requerimento_no_010.2023_-_juliano_jorge_jackson_e_omar_pa.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiada a Prefeita Municipal que informe o procedimento de comunicação em relação aos óbitos de pacientes que falecem no Pronto Atendimento Municipal bem como informe sobre a possibilidade de instauração de sindicância administrativa para apurar os fatos ocorridos em relação ao óbito ocorrido entre no dia 14 de fevereiro de 2023 na qual houve o falecimento do Senhor José Carlos de Oliveira. Que na resposta encaminhada a essa Casa Legislativa informe quem foram os plantonistas que se encontravam exercendo suas atividades nos dias 13 e 14 de fevereiro de 2023 no Pronto Atendimento Municipal6.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/requerimento_no_011.2023_-_jeciel_informacao_a.social.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/requerimento_no_011.2023_-_jeciel_informacao_a.social.pdf</t>
   </si>
   <si>
     <t>Requer Informações da Secretaria de Assistência Social ou Secretaria de Saúde a respeito de convênios existentes hoje no município referente ao atendimento aos idosos:_x000D_
 - Quais convênios existentes e quais entidades contempladas para atendimentos e cuidados de nossos idosos (Casa de repouso)._x000D_
 - Qual valor repassado por pessoa;_x000D_
 - Qual critério de avaliação e estudo para contemplação do convênio;_x000D_
 - Quantas vagas o município é contemplado por instituição;_x000D_
 - Qual o custo do total desses convênios para o município;_x000D_
 - Há algum aporte ou repasse do governo do estado ou governo federal para essa questão;_x000D_
 - Existe planejamento e projeto para implantação de um centro do IDOSO próprio do_x000D_
 município?</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/requerimento_no_012.2023_-_jorge_manfroni_informacoes_concurso_publico_municipal_magisterio.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/requerimento_no_012.2023_-_jorge_manfroni_informacoes_concurso_publico_municipal_magisterio.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao Concurso Público para o Magistério Municipal que está vigente:_x000D_
 - Vigência, data de encerramento:_x000D_
 - Número de vagas que estão sendo ocupadas de forma temporária e, serão substituídas por efetivos:</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/requerimento_no_013.2023_-_jorge.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/requerimento_no_013.2023_-_jorge.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a indicação da Emenda Impositiva que foi realizada em 2021 para ser executada em 2022:_x000D_
 - Relatório do que foi executado com cópia dos empenhos, liquidações e notas fiscais;_x000D_
 - Fotos, caso tenham registrado;</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/requerimento_no_014.2023_-_irineu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/requerimento_no_014.2023_-_irineu.pdf</t>
   </si>
   <si>
     <t>Requer à Exma. Prefeita Municipal Fernanda Garcia Sardanha, que solicite ao setor competente laudo sobre a edificação do prédio, ora desocupado, na Rua 21 de Setembro nº 750, Centro, próximo ao Fórum.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/requerimento_no_015.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/requerimento_no_015.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Requer à Exma. Prefeita Municipal Fernanda Garcia Sardanha, que oficie o DER - Departamento de Estradas de Rodagem do Paraná, solicitando providências imediatas em relação a colocação de novas lombadas na Rua Dona Estefânia, no trecho próximo à Escola Municipal Pedro Effco e Panificadora Thalia na Vila Prohmann, nesta cidade.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/requerimento_no_016.2023_-_eneas_-_reducao_intersticio_6a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/requerimento_no_016.2023_-_eneas_-_reducao_intersticio_6a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 013/2023 de iniciativa do Poder Executivo, a fim de realizar a 6ª (sexta) Sessão Extraordinária.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>(Retirada pelos autores) Requer ao Presidente do Legislativo, em nome dessa Colenda Casa de Leis, que encaminhe ofício a Secretaria de Segurança Pública do Estado do Paraná bem como ao Comandante da polícia Rodoviária Estadual do Paraná – Tenente Coronel Sergio Augusto Silva para que viabilizem a instalação de um posto de policiamento rodoviário na PR 364 – Rodovia Vereador Miguel Picheth entre São Mateus do Sul a Irati.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_018.2023_-_parafuso_-_emenda_impositiva.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_018.2023_-_parafuso_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações dos recursos da Emenda Parlamentar Individual, encaminhado pelo Ofício nº 001/2021-OWK, foram utilizados ou implementado em conformidade com a sua finalidade:_x000D_
 	Recurso de R$ 15 mil para a implantação de iluminação pública nas seguintes comunidades: Colônia Cachoeira, Rio das Pedras, Emboque e Roseiras;_x000D_
 	Recurso de R$ 10 mil para a Escola Nelson Santos Nascimento – Vila Americana;_x000D_
 	Recurso de R$ 14 mil para a Escola Altair Précoma – Monjolos;_x000D_
 	Recurso para a Escola Olalina de Almeida Faria – Turvo; e o_x000D_
 	Recurso de R$ 36 mil para a Rede Feminina de Combate ao Câncer de São Mateus do Sul._x000D_
 _x000D_
 Em caso de impedimento legal e técnico em conformidade com o Art. 103, §11, da Lei Orgânica Municipal de alguns itens elencados acima, oficializar esta Casa de Lei informando os impedimentos técnicos, a fim de encaminhar uma nova sugestão.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/requerimento_no_019.2023_-_parafuso_-_secretario_de_obras_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/requerimento_no_019.2023_-_parafuso_-_secretario_de_obras_v2.pdf</t>
   </si>
   <si>
     <t>O Vereador Osvaldo Kotriyk – Parafuso, parlamentar com assento nessa Casa Legislativa pelo Partido Socialista Brasileiro (PSB), em conformidade com o artigo 215 do Regimento Interno Da Câmara Municipal de São Mateus do Sul, REQUER, após a aprovação do presente requerimento, que a Mesa Diretora, na figura do Presidente, proceda a convocação dos seguintes titulares de cargos na Administração Pública Direta do Município de São Mateus do Sul: _x000D_
 - Carlos Roberto Chaves: Secretário Municipal de Indústria, Comercio, Ciência e Tecnologia, a fim de que explique sobre a implementação de Estacionamento Rotativo (ESTAR) âmbito do Município de São Mateus do Sul. _x000D_
 - Alexandre Linhares: Secretário Municipal de Obras, a fim de que explique sobre os serviços de trocas de lâmpadas de Iluminação Pública no âmbito do Município de São Mateus do Sul. _x000D_
 Destaco que a presença das autoridades se dê preferencialmente na Sessão Ordinária da Câmara Municipal de São Mateus do Sul, conforme o dia que melhor aprouver</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/requerimento_no_020.2023_-_jorge_jackson_e_juliano_terrenos_publicos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/requerimento_no_020.2023_-_jorge_jackson_e_juliano_terrenos_publicos.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao terreno localizado na Água Suja (área industrial), e, o terreno localizado ao lado da ASPP, cito a Rua Francisco Geraldo Portes, de propriedade desta municipalidade;_x000D_
 - Quem autorizou o descarte de entulhos nestes dois espaços?_x000D_
 - Qual o motivo deste descarte?</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/requerimento_no_022.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/requerimento_no_022.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Exma. Prefeita Municipal, Fernanda Garcia Sardanha, que solicite a Secretaria Municipal de Educação informações a respeito da instalação do container que servirá de sala para os professores na Escola Municipal Professor Nelson Nascimento da Vila Americana.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/requerimento_no_023.2023_-_jeciel_solicitacao_de_suspensao_de_iptu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/requerimento_no_023.2023_-_jeciel_solicitacao_de_suspensao_de_iptu.pdf</t>
   </si>
   <si>
     <t>Requer a Suspensão e reavaliação dos IPTU emitido desde o ano de 2019 que já se encontram em dívida ativa no município no nome dos seguintes munícipes:_x000D_
 - Noeli Terezinha Golombieski Repecki,_x000D_
 - Ilza Tereza Repecki;_x000D_
 - Herd. De Rogério Barabola Kachorrowski;_x000D_
 - Rosemari Barabola Kachoroswski;_x000D_
 - Maria Roseli Repecki;_x000D_
 - Simone Cantu Ehlert &amp; CIA LTDA._x000D_
 _x000D_
 E qualquer outro munícipe ou empresa que procurar a administração pública se sentido lesado pela aplicação de IPTU em áreas que eram rurais que passaram a ser urbanas depois da última expansão.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_no_024.2023_-_jeciel_solicitacao_de_informacao-_samu.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_no_024.2023_-_jeciel_solicitacao_de_informacao-_samu.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria de Saúde e a Fiscal do contrato do SAMU solicite com urgência, informações do porquê do não atendimento e negligência ocorrido no dia 05 de Abril de 2023 (quinta- feira) às 21:23h. Que se faça com as seguintes indagações:_x000D_
 - O porquê do não atendimento?_x000D_
 - Existem tipos de ocorrências que não são classificados como urgência? Quais elas?_x000D_
 - Quem são os reguladores finais do atendimento, estado, município ou empresa terceira?_x000D_
 - Existem outras reclamações referente ao atendimento do SAMU desde o início da prestação de serviço no município?_x000D_
 - Se sim, quais ações que o município já tomou referente a isso?_x000D_
 _x000D_
 Solicito que requeiram a gravação da chamada da ocorrência, identifique o atendente ou regulador e que após avaliação se notifique o CISVALE e a empresa detentora do contrato do SAMU, pedindo providências e ações para que tal situação não volte a ocorrer.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/requerimento_no_025.2023_-_jackson_jorge_e_juliano_emergencia.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/requerimento_no_025.2023_-_jackson_jorge_e_juliano_emergencia.pdf</t>
   </si>
   <si>
     <t>Requer seja apreciado em regime de urgência o Projeto de Lei do Legislativo nº 018/2023 que dispõe sobre a implantação de segurança nas escolas da rede municipal de ensino do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/requerimento_no_026.2023_-_valter_busao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/requerimento_no_026.2023_-_valter_busao.pdf</t>
   </si>
   <si>
     <t>Requer a secretaria responsável informações sobre o transporte escolar que faz o trajeto do Bairro Americana até os colégios da área central da cidade. Relatos direcionados a este parlamentar informaram que partes dos alunos faz o percurso em pé, por esta razão, solicitamos esclarecimentos por parte da empresa._x000D_
 Outro apontamento mostra que o veículo transporta mais alunos do que a capacidade de poltronas existente no veículo, isto é, os estudantes são transportados em pé devido ao número de poltronas serem menores em comparação com outros veículos da frota dessa empresa._x000D_
 Por esta razão, solicitamos a secretaria responsável realizar o levantamento da veracidade da informação.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_no_027.2023_-_irineu_iluminacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_no_027.2023_-_irineu_iluminacao.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiada a Exma. Prefeita Municipal, Fernanda Garcia Sardanha, que oficie a Companhia Paranaense de Energia (COPEL), a fazer a ampliação do trecho de iluminação pública, colocando lâmpadas nos postes na PR 151, dentro da área urbana deste município, sequência da Avenida Ozy Mendonça de Lima, sentido saída para São João do Triunfo, até a proximidade do Cemitério Municipal de Colônia Taquaral.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/requerimento_no_028.2023_-_eneas_rio_claro.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/requerimento_no_028.2023_-_eneas_rio_claro.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao gabinete do Deputado Federal Nelson Padovani Junior, solicitando intervenção junto ao DNIT - Departamento Nacional de Infraestrutura de Transporte, a implantação de uma faixa de acostamento, rotatória e redutor de velocidade junto ao trevo de acesso na BR 476, acesso a PR 281 sentido a Rio Claro do Sul, distrito do município de Mallet, PR.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/requerimento_no_029.2023_-_valter_veiculo.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/requerimento_no_029.2023_-_valter_veiculo.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal que solicite recursos junto ao Deputado Federal Toninho Wandscheer para compra de veículos para a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1690/requerimento_no_030.2023_-_jeciel_secretaria_de_saude_em_plenario.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1690/requerimento_no_030.2023_-_jeciel_secretaria_de_saude_em_plenario.pdf</t>
   </si>
   <si>
     <t>Requer a convocação da Secretária Municipal de Saúde para que a mesma venha até essa Casa de Leis apresentar as ações que estão sendo tomadas para a diminuição da fila de espera em consultas, exames e cirurgias.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/requerimento_no_031.2023_-_jeciel-retirada_projeto_de_lei.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/requerimento_no_031.2023_-_jeciel-retirada_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 128, V do Regimento Interno da Câmara Municipal de São Mateus do Sul venho REQUERER a retirada de tramitação bem como o arquivamento do Projeto de Lei n° 004/2023 que Dispõe sobre a Obrigatoriedade de contratação de Artistas/Músicos, Bandas (Locais) e Rider Técnico específico para apresentação em eventos oficiais que estão inclusos no calendário oficial, organizados pelo município ou por empresa entidade e/ou associação que receber subvenção ou apoio financeiro do poder público.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_032.2023_-_eneas_voto_de_aplausos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_032.2023_-_eneas_voto_de_aplausos.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora e os Vereadores da Câmara Municipal de São Mateus do Sul apresentam o VOTO DE APLAUSOS ao Professor Wagner Silva pela participação no projeto “Professor Ganhando o Mundo” do governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no_033.2023_-_juliano_jorge_e_jackson.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no_033.2023_-_juliano_jorge_e_jackson.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeita Municipal, após a aprovação em Plenário do presente requerimento, que envie a essa Casa de Leis cópia integral do processo licitatório nº 4358/2023, na qual tem por objeto a contratação de serviços de vigilância desarmada em caráter emergencial e excepcional de interesse público para as escolas da rede municipal de educação.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_no_034.2023_-_parafuso_-_secretario_de_adminsitracao_i.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_no_034.2023_-_parafuso_-_secretario_de_adminsitracao_i.pdf</t>
   </si>
   <si>
     <t>REQUER, após a aprovação do presente requerimento, que a Mesa Diretora, na figura do Presidente, proceda a convocação do Secretário Municipal de Administração – Senhor Ricardo Serpe, para explicar na sessão ordinária dessa Casa de Leis, conforme dia e horário a ser combinado com a Presidência dessa Casa de leis, para responder aos seguintes quesitos: _x000D_
 a) implementação de Estacionamento Rotativo (ESTAR) âmbito do Município de São Mateus do Sul. _x000D_
 b) alterações no trânsito de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/requerimento_no_035.2023_-_irineu_iluminacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/requerimento_no_035.2023_-_irineu_iluminacao.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao gabinete do Deputado Federal Sandro Alex Cruz de Oliveira, solicitando intervenção junto ao DNIT - Departamento Nacional de Infraestrutura de Transporte, a implantação de uma passarela sobrejacente de pedestres sobre a Rua Rodoldo Wolf, na Vila Amaral, rua de continuidade da BR 476, em São Mateus do Sul, Paraná.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/requerimento_no_036.2023_-_eneas_voto_de_pesar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/requerimento_no_036.2023_-_eneas_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de São Mateus do Sul apresenta VOTO DE PESAR ao Senhor Luís Carlos Musialak, falecido em 20 de abril de 2023.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/requerimento_no_038.2023_-_parafuso_beneficio_transporte_faculdade.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/requerimento_no_038.2023_-_parafuso_beneficio_transporte_faculdade.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal e secretarias responsáveis que elabore estudo e orientação técnica, conforme as normativas do Tribunal de Contas, em relação ao repasse de subsídio à Associação de Estudantes de Ensino Superior residente no município.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/requerimento_no_039.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/requerimento_no_039.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Comitê de Segurança, criado para tratar especificadamente de ações e melhorias nas escolas e CMEIS do município. Para que venham até essa Casa de Leis para relatar quais ações em conjunto estão sendo tomadas para melhorar a segurança nesses locais.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/requerimento_no_040.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/requerimento_no_040.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Conselho de Segurança, criado para tratar especificadamente de ações e melhorias nas escolas e CMEIS do município. Para que venham até essa Casa de Leis para relatar quais ações em conjunto estão sendo tomadas para melhorar a segurança nesses locais.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/requerimento_no_041.2023_-_parafuso_rua_barao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/requerimento_no_041.2023_-_parafuso_rua_barao.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal e secretarias responsáveis para elaborarem estudos de ampliação de vagas de estacionamento de veículos na Rua Barão do Rio Branco entre as Ruas Ulisses Faria e a Rua Dom Pedro II a pedido dos comerciantes.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/requerimento_no_042.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/requerimento_no_042.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Requer informações URGENTE da Secretaria de Obras e Secretaria de Indústria e Comércio sobre o andamento e execução de serviço (Reposicionamento de drenagem) em terreno empresarial no município, localizado no bairro Vila Palmeirinha, através da solicitação via protocolo 205433 através do processo 9982/2022, esse parlamentar solicita respostas das seguintes indagações:_x000D_
 - Qual o motivo de ainda não iniciar os trabalhos?_x000D_
 - Qual a data prevista para início e término do reposicionamento da drenagem?</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/requerimento_no_043.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/requerimento_no_043.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de Saúde, em especial do corpo técnico (médicos Plantonistas) em serviço no dia 27 de maio (Sábado) no pronto atendimento municipal no horário das 13:00 as 22:00h, com as seguintes indagações:_x000D_
 - Por que dá não solicitação de pedido de transferência do senhor José Ivo Tomaszewski dos Santos falecido na madrugada de Domingo no Hospital Dr. Paulo Fortes?_x000D_
 - Qual horário que o paciente deu entrada no PA, enviar registro de atendimento até transferência para hospital Dr. Paulo Fortes?_x000D_
 - Quanto tempo levou para fazer a coleta de sangue e qual horário retornou o resultado?_x000D_
 - Qual diagnóstico apontado pelos médicos do Pronto atendimento?_x000D_
 - Nome e registro dos profissionais que realizaram o atendimento do paciente durante o horário citado?</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>Solicitação de retirada do Projeto de Lei do Legislativo nº 009/2023 de autoria do Vereador Osvaldo Kotryk (Parafuso): Denomina Centro de Referência de Assistência Social, como “Centro de Referência e Assistência Social Romualdo Budinski.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/requerimento_no_045.2023_-_jorge_jackson_e_juliano_mais_brasil.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/requerimento_no_045.2023_-_jorge_jackson_e_juliano_mais_brasil.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes aos convênios 885250/2019 e 885258/2019 (Plataforma Mais Brasil):_x000D_
 	Qual a data que estes recursos ficaram disponíveis?_x000D_
 	Quanto aos Projetos, número e data da realização dos Protocolos?_x000D_
 	Últimas atualizações?  _x000D_
 	Qual o motivo da demora para realizar a licitação?</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/requerimento_no_046.2023_-_parafuso_placas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/requerimento_no_046.2023_-_parafuso_placas.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal, por meio das secretarias responsáveis, informações sobre o andamento de instalações de novas placas de sinalizações na zona rural do município de São Mateus do Sul:_x000D_
  Quais comunidades foram mapeadas para receberem as novas placas de sinalizações?_x000D_
  Já foi iniciada o processo de aquisição das novas placas?_x000D_
  Previsão de instalação das novas placas nas comunidades?</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_047.2023_-_jeciel_convocacao_sante_e_diretoria_hospital.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_047.2023_-_jeciel_convocacao_sante_e_diretoria_hospital.pdf</t>
   </si>
   <si>
     <t>Requer que essa casa de leis através de ofício, convoque o Instituto SANTÉ e a nova Diretoria do Hospital Dr. Paulo Fortes, para que venham até essa casa de Leis demonstrar os dados atuais da Instituição, e o planejamento futuro dos trabalhos no hospital.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1788/requerimento_no_048.2023_-_jorge_jackson_e_juliano_elpidio.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1788/requerimento_no_048.2023_-_jorge_jackson_e_juliano_elpidio.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a conclusão e entrega da obra do Centro de Convivência da Melhor Idade "Elpídio Brusque":_x000D_
 	O que falta para a estrutura ser disponibilizada para a população?_x000D_
 	Quando será inaugurada?</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1796/requerimento_no_049.2023_-_irineu_voto_de_aplausos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1796/requerimento_no_049.2023_-_irineu_voto_de_aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador da Câmara Municipal de São Mateus do Sul apresenta VOTO DE APLAUSOS ao Casal Leonardo Macuco Blasczcyk e Maria Catarina Stempniak Blasczcyk, pela comemoração de Bodas de Ouro, 50 anos de casados, completados dia 24 de junho de 2023. Justifica-se ao fato de também serem residentes neste município e contribuírem ativamente, por todo esse tempo, nas atividades da agricultura e erva-mate contribuindo significativamente para o progresso do município.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1797/requerimento_no_050.2023_-_valter_diaria.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1797/requerimento_no_050.2023_-_valter_diaria.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre os critérios para o ressarcimento de despesas de viagem à serviço de Servidores do Poder Executivo:_x000D_
 Qual o prazo médio para ocorrer o ressarcimento após a apresentação dos documentos fiscais pelos Servidores?_x000D_
 Quando ocorreu a última atualização dos valores das despesas?</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco, Enéas Jeferson Melnisk</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_no_051.2023_-_jeciel_informacao_emenda_educacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_no_051.2023_-_jeciel_informacao_emenda_educacao.pdf</t>
   </si>
   <si>
     <t>Requer informação da secretaria de Educação, referente ao empenho das emendas impositivas dos vereadores que subscrevem, a Escola Municipal Nelson Santos Nascimento da Vila Americana.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1821/requerimento_no_052.2023_-omar_-_petrosix.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1821/requerimento_no_052.2023_-omar_-_petrosix.pdf</t>
   </si>
   <si>
     <t>Requerer ao Presidente dessa Casa de Leis, após deliberação do Plenário, o encaminhamento de convite ao Senhor Alexandro Guilherme Jorge, Presidente do SINDIPETRO PR/SC bem como ao Senhor Deyvid Souza Bacelar da Silva, Coordenador Geral da Federação Única dos Petroleiros/FUP, a fim de que compareçam a Sessão Ordinária da Câmara Municipal de São Mateus do Sul para discutir o processo de venda da Petrobras/SIX que se encontra em São Mateus do Sul.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal, por meio das secretarias responsáveis, informações sobre a limpeza do Rio Canoas entre a Rua Pedro Efco e a BR-476.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_no_054.2023_-_jorge_jackson_e_juliano_betha_sistemas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_no_054.2023_-_jorge_jackson_e_juliano_betha_sistemas.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, cópias referentes as notificações e multas realizadas a empresa Betha Sistemas, entre os dias 01 de janeiro de 2023 e 18 de julho de 2023.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_no_055.2023_-_parafuso_transporte_universitario.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_no_055.2023_-_parafuso_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o andamento de estudos técnico-jurídico das futuras concessões de subsídio/auxílio referente ao transporte de estudantes universitários, solicitado pelo Requerimento nº 025/2022 no mês de abril de 2022._x000D_
 O estudo técnico-jurídico já foi iniciado?_x000D_
 Qual seria o prazo para o término do estudo?_x000D_
 A Associação de Estudante encaminhou todas as documentações necessárias?_x000D_
 Informar os demais fatos relevantes a partir do Ofício nº 771/2022 do Secretaria de Educação?</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_no_056.2023_-_jorge_jackson_e_juliano_informacoes_cirurgias_eletivas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_no_056.2023_-_jorge_jackson_e_juliano_informacoes_cirurgias_eletivas.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, a programação realizada com cirurgias eletivas nos últimos trinta dias e, o planejamento/agendamentos para os próximos trinta dias, no Hospital e Maternidade Dr. Paulo Fortes. Data de referência, 03 de julho a 31 de agosto.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_no_057.2023_-_jeciel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_no_057.2023_-_jeciel.pdf</t>
   </si>
   <si>
     <t>O Vereador Jeciel Ferreira Franco, vereador – União Brasil, vem com respeito e acatamento perante a Mesa Diretora dessa Casa de Leis REQUERER a abertura de processo por crime de responsabilidade em face de Omar Raimundo Picheth Neto – PSB, nos termos do artigo 8°, IV do Decreto Lei n° 201/67 tendo em vista a ausência de mais de 05 (cinco) sessões extraordinárias convocadas pela Prefeita Municipal para deliberar projetos de lei em regime de urgência. Conforme ata das sessões extraordinárias o parlamentar se ausentou em 11 (onze) deliberações.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1848/requerimento_no_058.2023_-_jorge_jackson_e_juliano_medicamentos_e_exames.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1848/requerimento_no_058.2023_-_jorge_jackson_e_juliano_medicamentos_e_exames.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes informações relacionadas a disponibilidade de medicamentos e exames:_x000D_
 - São concedidos medicamentos a munícipes que consultam com médicos particulares?_x000D_
 - São concedidos exames a munícipes que consultam com médicos particulares?_x000D_
 - Quais exames e medicamentos estão sendo disponibilizados ao cidadão que realiza consulta com médico particular?_x000D_
 -  Caso estejam sendo negados esses atendimentos, quais os motivos?</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1849/requerimento_no_059.2023_-_jorge_jackson_e_juliano_patio_de_maquina.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1849/requerimento_no_059.2023_-_jorge_jackson_e_juliano_patio_de_maquina.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, a relação de materiais com entrada e saída do pátio de máquinas que fica localizado na Rua Roberto Angewitz, s/n – Usina Velha, do dia 01 de janeiro a 30 de julho de 2023.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1882/requerimento_no_060.2023_-_allana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1882/requerimento_no_060.2023_-_allana.pdf</t>
   </si>
   <si>
     <t>Em que situação se encontra o processo licitatório para execução de asfalto na Vila Verde e Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1883/requerimento_no_061.2023_-_irineu_parafuso_eneas_e_valter_-_convocacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1883/requerimento_no_061.2023_-_irineu_parafuso_eneas_e_valter_-_convocacao.pdf</t>
   </si>
   <si>
     <t>REQUER, após a aprovação do presente requerimento, que a Mesa Diretora, proceda a convocação do Secretário Municipal de Esportes – Senhor Jackson Cruz Soares, para explicar na sessão ordinária dessa Casa de Leis, conforme dia e horário a ser combinado com a Presidência dessa Casa de leis, para responder aos seguintes quesitos: _x000D_
 a) apoio e fomento as atividades desportivas do Município de São Mateus do Sul;_x000D_
 b) Lei de Incentivo ao Esporte;_x000D_
 c) Manutenção dos centros esportivos municipais.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1884/requerimento_no_062.2023_-_valter_-fornecimento_de_pedra.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1884/requerimento_no_062.2023_-_valter_-fornecimento_de_pedra.pdf</t>
   </si>
   <si>
     <t>Requer seja elaborado um Decreto ou Projeto de Lei que possibilite a Prefeitura Municipal a realizar programa de apoio aos comércios e indústrias situados na área urbana do Município através de serviços de fornecimento de cascalhos/pedras e realização de horas máquinas.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>Oficiar o Poder Executivo para solicitar informações em que situação se encontra a pavimentação das seguintes ruas: Rua Lauro Severiano e Travessa das azaleias no Jardim Santa Cruz. E qual recurso será aplicado.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/requerimento_no_064.2023_-_allana_pa_carregadeira.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/requerimento_no_064.2023_-_allana_pa_carregadeira.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada ao Poder Executivo solicitando informações sobre o andamento do recurso garantido ao município pela Deputada Federal Aline Sleutjes, registrada pela Proposta 054359/2019 e Convênio 896427/2019. O objeto do recurso era para a aquisição de uma pá carregadeira, a fim de auxiliar na manutenção das estradas rurais._x000D_
 O recurso foi entregue ao município?_x000D_
 O recurso foi utilizado pelo Poder Executivo?_x000D_
 Poderia encaminhar o processo de licitação de aquisição do maquinário?</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Allana Feijó Santa Clara, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_065.2023_-_eneas_-_reducao_intersticio_13a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_065.2023_-_eneas_-_reducao_intersticio_13a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 031/2023 de iniciativa do Poder Executivo, a fim de realizar a 13ª (décima terceira) Sessão Extraordinária.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/requerimento_no_066.2023_-_allana_iluminacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/requerimento_no_066.2023_-_allana_iluminacao.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada ao Poder Executivo solicitando informações sobre: _x000D_
 1. Qual o sistema de atendimento do Município acerca da solicitação dos munícipes sobre os serviços de iluminação pública?_x000D_
 2. Qual é o prazo entre a solicitação de serviço e sua execução pelo Município ou empresa contratada?_x000D_
 3. Existe alguma clausula contratual entre o Município e a empresa executora acerca da realização do serviço?_x000D_
 4. Existe algum sistema de protocolo e ordem cronológica de atendimento acerca das solicitações dos moradores?_x000D_
 5. Quantas solicitações estão em andamento e qual o prazo de execução?</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/requerimento_no_067.2023_-_jorge_jackson_e_juliano_iluminacao_publica.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/requerimento_no_067.2023_-_jorge_jackson_e_juliano_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes aos atendimentos relacionados a Iluminação Pública: _x000D_
 - Quem são os responsáveis pela iluminação pública em nosso município?_x000D_
 - Quando a população será atendida através das demandas que estão sendo geradas?_x000D_
 - Qual é o motivo da demora para atendimento das solicitações realizadas?</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/requerimento_no_068.2023_-_jorge_jackson_e_juliano_tea.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/requerimento_no_068.2023_-_jorge_jackson_e_juliano_tea.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao atendimento que está sendo realizado a todos os munícipes diagnosticados com o Transtorno do Espectro autista: _x000D_
 - Em quais locais estão sendo realizados e disponibilizados estes atendimentos?_x000D_
 - Foi realizada alguma ação para cadastramento e acompanhamento?_x000D_
 - Quais as especialidades estão sendo disponibilizadas? _x000D_
 - Quantos atendimentos diários, semanais e mensais por especialidades estão sendo realizados? Por favor, encaminhar um relatório dos últimos 90 dias. _x000D_
 - Está sendo seguida toda a Legislação vigente?</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/requerimento_no_069.2023_-_parafuso_cemiterio.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/requerimento_no_069.2023_-_parafuso_cemiterio.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal verifique quem é o responsável pela retirada de terra ao lado do cemitério da Colônia Taquaral. _x000D_
 Em conformidade com os relatos do responsável pela manutenção do cemitério, alguns túmulos ao lado do barranco estão com perigo de desmoronamento.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/requerimento_no_070.2023_-_eneas_-_reducao_intersticio_15a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/requerimento_no_070.2023_-_eneas_-_reducao_intersticio_15a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 033/2023 de iniciativa do Poder Executivo, a fim de realizar a 15ª (décima quinta) Sessão Extraordinária ainda na data de hoje.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/requerimento_no_072.2023_-_valter_faxinal_ilheus.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/requerimento_no_072.2023_-_valter_faxinal_ilheus.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria de Obras e responsáveis requerendo explicações sobre como está o andamento para execução dos trabalhos para dar trafegabilidade na estrada que liga a fazendo Olho d’água, comunidade rural da Água Branca, até a comunidade do Faxinal dos Ilhéus. _x000D_
 Saber da programação, se tem previsão de dar continuidade nas manutenções, a fim de dar condições para aqueles moradores que tem necessidade em fazer uso de tal estrada?_x000D_
 Existe alguma ação prevista quanto a construção de nova galeria que se faz necessário nesse trajeto?_x000D_
 Devido à grande necessidade e a importância de tal revitalização da estrada esperada pela grande maioria dos moradores da região que dependem desse trajeto, há condições em dar prazo para o término da manutenção com a inclusão de implantação de galerias?</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/requerimento_no_073.2023_-_valter_palmerinha.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/requerimento_no_073.2023_-_valter_palmerinha.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria de Obras e responsáveis requerendo explicações sobre o andamento de estudo de implantações de redutores de velocidade nas vias pavimentadas do bairro Palmeirinha, solicitada pela Indicação nº 190/2022.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/requerimento_no_074.2023_-_eneas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/requerimento_no_074.2023_-_eneas.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal que seja informado sobre a aquisição de uniformes e equipamentos para os vigias do quadro de servidores públicos deste município, bem como quanto a aquisição de equipamentos como: lanternas e materiais de apoio._x000D_
 Por fim requer ainda que seja informado sobre o grau periculosidade dos referidos servidores.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/requerimento_no_075.2023_-_parafuso_ubs_emboque.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/requerimento_no_075.2023_-_parafuso_ubs_emboque.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o andamento do estudo da reforma do Posto de Saúde da comunidade do Emboque, sugerido pela Indicação nº 014/2023.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/requerimento_no_076.2023_-_parafuso_ubs_rosas.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/requerimento_no_076.2023_-_parafuso_ubs_rosas.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o andamento de estudo de reparo e manutenção da cerca de proteção na Unidade de Saúde da Comunidade do Rosas, sugerido pela Indicação nº 312/2021.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_no_077.2023_-_jorge_jackson_e_juliano_material_fresado.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_no_077.2023_-_jorge_jackson_e_juliano_material_fresado.pdf</t>
   </si>
   <si>
     <t>Requerer ao Departamento Nacional de Infraestrutura de Transportes, Superintendência Regional do Paraná, Unidade Local Ponta Grossa as seguintes informações:_x000D_
 - Por qual motivo o Município de São Mateus do Sul não pode receber material fresado para aplicação nas faixas de domínio do DNIT, às margens da BR 476, uma vez que referido benefício tem sido concedido a outros municípios da região?_x000D_
 - Houve determinação deste Órgão para que a empresa contratada, responsável pela manutenção da BR 476, em São Mateus do Sul, não realizasse a manutenção ou aplicação de material fresado, ou equivalente no Distrito de Fluviópolis, em São Mateus do Sul? _x000D_
 - É de responsabilidade do Departamento Nacional de Infraestrutura de Transportes, Superintendência Regional do Paraná, Unidade Local Ponta Grossa realizar esta manutenção? Se a resposta for sim, qual o impedimento legal para realizar a manutenção?</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_no_078.2023_-_parafuso_ponte_ulisses.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_no_078.2023_-_parafuso_ponte_ulisses.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o andamento do projeto para a construção da nova ponte na Rua Ulisses Farias.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1948/requerimento_no_079.2023_-_jorge_jackson_e_juliano_informacoes_melhorias_cmei.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1948/requerimento_no_079.2023_-_jorge_jackson_e_juliano_informacoes_melhorias_cmei.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes as melhorias que serão realizadas no Centro Municipal de Educação Infantil Anjo da Guarda, localizado na Vila Pinheirinho:_x000D_
 - Memorial descritivo, constando todo o detalhamento do que será realizado.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1949/requerimento_no_080.2023_-_allana.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1949/requerimento_no_080.2023_-_allana.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre quais foram os investimentos realizados pelo município nos últimos 3 anos para amenizar as enchentes e alagamentos causados pelo Rio Canoas?_x000D_
 Existe algum projeto para contenção, canalização e revitalização do Rio Canoas?_x000D_
 Se sim, encaminhar o projeto para conhecimento dos vereadores.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1957/indicacao_no_228.2023_-_juliano_jorge_jackson_e_allana_vila_amaral.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1957/indicacao_no_228.2023_-_juliano_jorge_jackson_e_allana_vila_amaral.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o andamento da licitação da reforma e ampliação do Posto de Saúde da comunidade da Fartura do Potinga, sugerida pela Indicação nº 003/2023.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a Pavimentação Asfáltica que está paralisada na localidade da Colônia Cachoeira: _x000D_
 -  Cópias das medições realizadas; _x000D_
 -  Cópias de todas as notificações realizadas a empresa;_x000D_
 -  Foram realizadas avaliações e acompanhamentos durante a realização dos trabalhos de base? Encaminhar imagens:  _x000D_
 - Foram realizadas denúncias sobre a distribuição de material pela empresa? Quais as providências adotadas pelo Executivo Municipal? _x000D_
 - Quanto a obstrução total da via, por que a empresa não realizou de forma parcial?</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1961/requerimento_no_083.2023_-_valter_convidar.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1961/requerimento_no_083.2023_-_valter_convidar.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Mesa Diretora convidar o Coordenador da Defesa Civil e a Secretária de Assistência Social para explanar sobre os danos e prejuízos causados pela enchente que atingiu o município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1972/requerimento_no_084.2023_-_valter_convite.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1972/requerimento_no_084.2023_-_valter_convite.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Mesa Diretora convidar os representantes da CDL, Associação Comercial, CODESAMAS e do Poder Executivo para explanarem sobre quais serão as ações a serem desenvolvidas para a retomada da economia na área urbana após as enchentes ocorridas no município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1973/requerimento_no_085.2023_-_jorge_jackson_juliano_e_allana_limp._e_higienizacao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1973/requerimento_no_085.2023_-_jorge_jackson_juliano_e_allana_limp._e_higienizacao.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a empresa que presta serviço de Limpeza e Higienização nas Instituições de Ensino Municipal:_x000D_
 - Qual a causa frequente dos atrasos no pagamento dos Salários das colaboradoras? _x000D_
 - Qual o endereço do Escritório que a empresa presta atendimento? _x000D_
 - Cópia das notificações realizadas a empresa pelos atrasos no pagamento.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1974/requerimento_no_086.2023_-_valter_convidar_agricult.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1974/requerimento_no_086.2023_-_valter_convidar_agricult.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Mesa Diretora convidar o Secretário Agricultura e Desenvolvimento Rural e o Secretário de Obras para explanarem sobre quais serão as ações a serem desenvolvidas para a retomada da economia na área rural após as enchentes ocorridas no município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1982/requerimento_no_087.2023_-_irineu_copel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1982/requerimento_no_087.2023_-_irineu_copel.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiada a Exma. Prefeita Municipal, Fernanda Garcia Sardanha, que oficie a Companhia Paranaense de Energia (COPEL), a prestar esclarecimentos, assim como apresentar propostas de trabalho para sanar problemas de quedas de energia elétrica na área rural deste município, São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre o planejamento de recuperação da ponte sobre o Valetão da Vila Prohmann, no cruzamento das ruas João Gabriel Martins com a Rua Casemiro Witkowski, e que desmoronou por conta do alto volume de águas, causados pelas chuvas no mês de outubro.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1992/requerimento_no_089.2023_-_parafuso_kit_gestante.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1992/requerimento_no_089.2023_-_parafuso_kit_gestante.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações se existe o programa de benefício para disponibilizar kit enxoval para as gestantes em situação de vulnerabilidade no município de São Mateus do Sul._x000D_
 O kit é composto de quais itens básicos?_x000D_
 Quais são os critérios que a gestante deve atender para receber o kit enxoval?_x000D_
 Onde a gestante deve solicitar o kit enxoval?</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1993/requerimento_no_090.2023_-_juliano_jorge_jackson_e_allana_r.wolf.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1993/requerimento_no_090.2023_-_juliano_jorge_jackson_e_allana_r.wolf.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal, por meio das Secretarias competentes, informações de quem é a responsabilidade de realizar as obras de esgoto na Rua Rodolfo Wolf, a empresa contratada para realizar a pavimentação asfáltica ou a Sanepar, a fim de esclarecer dúvidas da população local sobre o andamento das obras.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1994/requerimento_no_091.2023_-_valter_remissao_divida.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1994/requerimento_no_091.2023_-_valter_remissao_divida.pdf</t>
   </si>
   <si>
     <t>Requer seja elaborado Projeto de Lei que possibilite o Município de São Mateus do Sul a conceder perdão da dívida da taxa de coleta de lixo nas propriedades afetadas pelas chuvas fortes ocorridas no mês de outubro de 2023.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1995/requerimento_no_092.2023_-_valter_copel.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1995/requerimento_no_092.2023_-_valter_copel.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que oficie a COPEL, a fim de solicitar informações para minimizar o impacto gerado pela falta de energia elétrica constantes aos produtos de fumo das comunidades do Lajeado, Porto Ribeiro, Palmito e Divisa._x000D_
 	Quais são os investimentos em infraestrutura elétrica para melhorar o fornecimento de energia elétrica em áreas rurais citadas acima?_x000D_
 	Tem algum planejamento para construção de novas linhas de transmissões para conectar as áreas rurais em rede elétricas mais confiáveis?_x000D_
 	Tem algum plano de modernização para melhorar a capacidade de distribuição de energia elétrica? _x000D_
 	Quais são os apoios técnicos que a COPEL está oferecendo aos produtores de fumo pela falta de energia elétrica.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>A urgência se justifica, considerando a aprovação, pela Comissão de Constituição e Justiça do estado, bem como no plenário da Assembleia Legislativa do Estado, do PL no 906/2023, que dispõe sobre a criação do Fundo Estadual para Calamidades Públicas – FEAP, a fim de facilitar a remessa de recursos para Municípios afetados pelas fortes chuvas que assolam nosso Estado desde o mês de outubro corrente. Considerando ainda que o presente projeto prevê o envio de recursos fundo a fundo, meio mais rápido de recebimento de verbas legalmente existente e que, para tanto, se faz necessária a existência de fundo municipal com fim assemelhado.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>Requerer que seja oficiada a Exma. Prefeita Municipal, Fernanda Garcia Sardanha, que solicite ao setor competente a instalação de um banheiro químico na proximidade da antiga rodoviária, onde aos dias de hoje está em reformas e construção. Além disso, os comerciantes estão solicitando informações se o Poder Executivo pretende instalar banheiros químicos no local.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2009/requerimento_no_095.2023_-_irineu_votos_de_aplausos.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2009/requerimento_no_095.2023_-_irineu_votos_de_aplausos.pdf</t>
   </si>
   <si>
     <t>O Vereador da Câmara Municipal de São Mateus do Sul apresenta VOTO DE APLAUSOS ao Casal NELSON WLUBLESKI e ROMILDA MARIA ZAKRZESKI, pela comemoração de Bodas de Ouro, 50 anos de casados, a completar-se no dia 29 de dezembro de 2023. Justifica-se ao fato de também serem residentes neste município e contribuírem ativamente, por todo esse tempo, em atividades como: presidente de associação de moradores, presidente do Conselho de Municipal de Saúde, diretor e comentarista de programa esportivo, apresentador de programa polonês, entre outras atividades. Contribuindo significativamente para o progresso do município.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Encaminhamos anexo, o Projeto de Lei Nº 038/2023, que institui gratificação ao agente de contração, pregoeiro, agente de comissão de contratação e de equipe de apoio do município de São Mateus do Sul, para apreciação, em regime de urgência, por essa Casa de Leis, conforme requerido por meio do nosso oficio Nº 689/2023 - GAB.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno dessa Casa de Leis, REQUEREMOS a Vossa Excelência, seja concedido regime de urgência para análise do Projeto de Lei Nº 039/2023, que “ALTERA A ESTRUTURA ORGÂNICA DO MUNICÍPIO DE SÃO MATEUS DO SUL”. JUSTIFICATIVA: Conforme informado na justificativa do projeto de lei, a municipalidade demanda de forma emergencial de duas vagas de diretor geral para atender necessidades de serviços da secretaria municipal de governo e da procuradoria jurídica municipal. Os serviços que os dois órgãos prestam são essenciais à população, pois garantem a transparência das informações e a efetividade da entrega de soluções jurídicas em tempo hábil, ao garantir a prestação de serviços públicos eficientes aos munícipes. Ocorre que, ambos os órgãos necessitam de urgente estruturação, a ser já implantada no próximo ano.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2010/requerimento_no_098.2023_-_allana_jorge_jackson_e_juliano_pll_49.2023.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2010/requerimento_no_098.2023_-_allana_jorge_jackson_e_juliano_pll_49.2023.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Presidente, autoridade que designa a ordem do dia das proposições, que despache ao Departamento Jurídico e as Comissões Permanente que os proponentes do Projeto de Lei do Legislativo nº 049/2023, iniciativa do Poder Legislativo, que Autoriza o Poder Executivo a conceder isenção do Imposto Predial e Territorial Urbano (IPTU) e isenção do pagamento da Taxa de Licença para Funcionamento aos estabelecimentos comerciais, industriais e prestadores de serviços que tiveram suas dependências atingidas por enchentes e alagamentos causados pelas chuvas ocorridas no Município de São Mateus do Sul, e dá outras providências, procederam a retirada da proposição legislativa por questões de segurança jurídica. Destacamos que tal requerimento não precisa de deliberação do plenário, uma vez que não houve pareceres e sendo assim se encontra sujeito a apenas despacho do Presidente.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Pedido de Urgência do Poder Executivo do Projeto de Lei nº 040/2023 que Autoriza o Poder Executivo, doar imóvel de sua propriedade, ao Fundo de Arrendamento Residencial (FAR), e dá outras providências.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Allana Feijó Santa Clara, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
     <t>Requer seja apreciado em regime de urgência o Projeto de Lei do Legislativo n° 054/2023 que confere o título de Utilidade Pública a Associação de Famílias de agricultores e experimentadores em agroecologia no bioma da floresta com Araucária, situada no âmbito do Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Pedido de Urgência do Poder Executivo do Projeto de Lei nº 041/2023 que INSTITUI GRATIFICAÇÃO AO AGENTE DE CONTRAÇÃO, PREGOEIRO, AGENTE DE COMISSÃO DE CONTRATAÇÃO E DE EQUIPE DE APOIO DO MUNICÍPIO DE SÃO MATEUS DO SUL.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>REQUERIMENTO DE URGÊNCIA – PODER EXECUTIVO – Projeto de Lei nº 042/2023:_x000D_
 Conforme informado na justificativa do projeto de lei, a municipalidade demanda de forma emergencial de duas vagas de diretor geral para atender necessidades de serviços da secretaria municipal de governo e da procuradoria jurídica municipal. Os serviços que os dois órgãos prestam são essenciais à população, pois garantem a transparência das informações e a efetividade da entrega de soluções jurídicas em tempo hábil, ao garantir a prestação de serviços públicos eficientes aos munícipes. Ocorre que, ambos os órgãos necessitam de urgente estruturação, a ser já implantada no próximo ano.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>REQUERIMENTO DE URGÊNCIA – PODER EXECUTIVO – Projeto de Lei nº 043/2023: A urgência se justifica, visto que há necessidade de realizar os pagamentos dos aprovados na Lei Paulo Gustavo, até o dia 31 de dezembro deste ano, considerando que a lista dos habilitados foi recentemente publicada no sitio eletrônico deste município, dia 13/12/2023</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2031/requerimento_no_104.2023_-_eneas_-_reducao_intersticio_19a_se.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2031/requerimento_no_104.2023_-_eneas_-_reducao_intersticio_19a_se.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação dos Projetos de Lei nos 040, 041, 042 e 043/2023 (Do Poder Executivo) e o Projeto de Lei do Legislativo nº 054/2023 (Do Poder Legislativo), a fim de realizar a 19ª (décima nona) Sessão Extraordinária na sequência, após o término desta sessão extraordinária.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/substitutivo_ao_projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/substitutivo_ao_projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro de Convivência do Idoso como “Centro de Convivência do Idoso Elpídio Brusque”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5974,67 +5974,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1787/ato_da_mesa_no_001.2023_-_credto_adicional_suplem..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1850/ato_da_presidencia_no_001.2023_-_eleicao_vice-pr_pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1855/ato_da_presidencia_no_002.2023_-_eleicao_ouvidor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emendas_no_001_002_003_e_004.2023_pl_musicos_locais.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_no_005.2023_-_irineu_v2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/emenda_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1735/emenda_no_007.2023_ao_pll_no_016.2023_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no_001.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no_002.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/indicacao_no_003.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/indicacao_no_004.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no_005.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_no_006.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no_007.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_no_008.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_no_009.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_no_010.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_no_011.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_no_012.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_no_013.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_no_014.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_no_015.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_no_016.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_no_017.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_no_018.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_no_019.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_no_020.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_no_021.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_no_022.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_no_023.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_no_024.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_no_025.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_no_026.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_no_027.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_no_028.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_no_029.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_no_030.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_no_031.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_no_032.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_no_033.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_no_034.2023_-_valter_jeciel_eneas_irineu_e_parafuso.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_no_035.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_no_036.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_no_037.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_no_038.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_no_039.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/indicacao_no_040.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/indicacao_no_041.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/indicacao_no_042.2023_-_valter_ivan.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_043.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_044.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_045.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_047.2023_-_jeciel_paver.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_048.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_049.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_050.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_051.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_052.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_053.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_054.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_055.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_056.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_057.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no_058.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_059.2023_-_jorge_jackson_e_juliano_-_manutencao_porto_ribeiro_direita_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_060.2023_-_jackson_jorge_e_juliano_-_manutencao_posto_santana_a_igreja_da_tesoura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_061.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_062.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_063.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_064.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_065.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_066.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_067.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_068.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_069.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_070.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no_071.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no_072.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no_073.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no_074.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no_075.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no_076.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/indicacao_no_077.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no_078.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/indicacao_no_079.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/indicacao_no_080.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_no_081.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/indicacao_no_082.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/indicacao_no_083.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_no_084.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/indicacao_no_085.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_no_086.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/indicacao_no_087.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_088.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_089.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_090.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_091.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_092.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_093.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_094.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_095.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_096.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_097.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_098.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_099.2023_-_eneas_parafuso_irineu_jeciel_e_valter.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_100.2023_-_jorge_jackson_e_julianoi_-_manutencao_praca_oito_de_marco.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_101.2023_-_jeciel_lombadas_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_102.2023_-_jeciel_lombadas_casemiro_witikowski.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_103.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_105.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_106.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_108.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_109.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_110.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_111.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_112.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_113.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_114.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_115.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_116.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_117.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_119.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_120.2023_-_jeciel_solicitacao_de_projeto_cobertura_escola.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_no_121.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_no_122.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_no_123.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_no_125.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_no_126.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_no_128.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_no_129.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no_130.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no_131.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no_132.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no_133.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_no_134.2023_-_jorge_jackson_e_juliano_placa_de_preferencial.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_no_135.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no_136.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_no_138.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_no_139.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_no_140.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_no_141.2023_-_jeciel_notificacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_no_142.2023_-_jeciel_manutencao-_br-476.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_no_143.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_no_144.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_no_145.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_no_146.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1792/indicacao_no_147.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_no_148.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_no_149.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_no_150.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_no_151.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_no_152.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_no_153.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_no_154.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_no_155.2023_-_jorge_jackson_e_juliano_calcadas_cmei_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_no_156.2023_-_jorge_jackson_e_juliano_identificacao_dos_veiculos_e_maquina.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_no_157.2023_-_valter_parafuso_e_irineu.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_no_158.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_no_159.2023_-_eneas_parafuso_irineu_valter_e_jeciel_v2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_no_160.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_no_161.2023_-_jeciel_manutencao_ubs-_palmeirinha.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_no_162.2023_-_jeciel_notificacao_anatel.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_no_163.2023_-_jeciel_solicitacao_de_projeto_ubs_americana.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_no_164.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_no_165.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_no_166.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_no_167.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_no_168.2023_-_jeciel_praca_vila_amaral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1827/indicacao_no_169.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_no_170.2023_-_jackson_jorge_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_no_171.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_no_172.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_no_173.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_no_175.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_no_176.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_no_177.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_no_178.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_no_179.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1846/indicacao_no_180.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_no_181.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_no_182.2023_-_jackson_jorge_e_juliano_-_limpeza_bizinelli.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_no_183.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_no_184.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_no_185.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_no_186.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_no_187.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_no_188.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_no_189.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_no_190.2023_-_allana_-_portal_polones.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1873/indicacao_no_191.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1874/indicacao_no_192.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1878/indicacao_no_193.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1879/indicacao_no_194.2023_-_allana_e_valter.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_no_195.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_no_196.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/indicacao_no_198.2023_-_allana_rua_francisco_celso_de_paula_e_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/indicacao_no_199.2023_-_jorge_jackson_e_juliano_calcamento_-_theodoro_toppel_-_manoel_furtado_neves.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/indicacao_no_200.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_no_201.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_no_202.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/indicacao_no_203.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_no_204.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_no_205.2023_-_eneas_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_no_206.2023_-_allana_lombada_luciano_stencel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_no_207.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/indicacao_no_208.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/indicacao_no_209.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_no_210.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_no_211.2023_-_allana_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/indicacao_no_212.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/indicacao_no_213.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/indicacao_no_214.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_no_215.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/indicacao_no_216.2023_-_jorge_jackson_e_juliano_posto_de_saude_da_divisa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/indicacao_no_217.2023_-_jorge_jackson_e_juliano_ubs_lajeado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/indicacao_no_218.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_no_219.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_no_220.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_no_221.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_no_222.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_no_223.2023_-_jorge_jackson_e_juliano_conclusao_obra_vila_buaski.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1943/indicacao_no_224.2023_-_allana_iptu.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1947/indicacao_no_225.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_no_226.2023_-_jorge_jackson_e_juliano_cmei_tamareiras.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1955/indicacao_no_227.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1962/indicacao_no_229.2023_-_jorge_jackson_juliano_e_allana_divisa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1963/indicacao_no_230.2023_-_allana_jorge_jackson_e_juliano_s.m.roseira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1964/indicacao_no_231.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_no_232.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1975/indicacao_no_234.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1976/indicacao_no_235.2023_-_jorge_jackson_juliano_e_allana_redutor_e_velocidade.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1977/indicacao_no_236.2023_-_eneas_valter_parafuso_e_irineu.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1978/indicacao_no_237.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1979/indicacao_no_238.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1980/indicacao_no_239.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1981/indicacao_no_240.2023_-_juliano_jorge_jackson_allana_e_eneas_acidente_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacao_no_241.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacao_no_242.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacao_no_243.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacao_no_244.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacao_no_245.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacao_no_246.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacao_no_247.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacao_no_248.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacao_no_249.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacao_no_250.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacao_no_251.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacao_no_252.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacao_no_253.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_no_254.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_no_255.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_no_256.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_no_257.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/mocao_no_001.2023_-_jorge_homenagem_rdx.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/mocao_no_002.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/mocao_no_003.2023_-_jeciel-_mocao_de_aplusos_jenifer.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao_no_004.2023_-_valter_-_tradicao_polonesa.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/mocao_no_005.2023_-_valter_senhor_oscar.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/mocao_no_006.2023_-_parafuso__-_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/mocao_no_007.2023_-_valter_-_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_no_008.2023_-_eneas_eq._fem._15.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1857/mocao_no_009.2023_-_eneas_eq._masc._16_e_21.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1858/mocao_no_010.2023_-_eneas_eq._masc._master.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1859/mocao_no_011.2023_-_picheth.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1860/mocao_no_012.2023_-_valter_repudio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1885/mocao_no_013.2023_-_parafuso_-_luiz_de_oliveira_soares.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1912/mocao_no_014.2023_-_allana_-_corporacao_musical_fenix.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/mocao_de_apoio_no_015.2023_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/mocao_no_016.2023_-_valter_-_femarcacao_terras_indigenas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/mocao_no_017.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1944/mocao_no_018.2023_-_eneas_jiu-jitsu_v2.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1967/mocao_no_019.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1969/mocao_no_021.2023_-_valter_-_mocao_primeira_igreja_batista.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1989/mocao_no_022.2023_-_valter_-ctg.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2013/mocao_no_023.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_no_024.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2022/mocao_no_025.2023_-_jorge_samas_pe_de_xisto.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/projeto_de_lei_no_001.2023_executivo_-_2a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_lei_no_002.2023_executivo_-_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/projeto_de_lei_no_003.2023_executivo_-_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/projeto_de_lei_no_004.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/projeto_de_lei_no_005.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/projeto_de_lei_no_007.2023_-__reajuste_professores_-_final.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/projeto_de_lei_no_008.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto_de_lei_no_009.2023_executivo_-_alteracao_rev._prof..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_no_010.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_no_011.2023_-dispoe_sobre_a_cessao_de_servidores_publicos_municipais_para_outros_orgaos_ou_entidades_publicas_e_da_outr.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/projeto_de_lei_no_012.2023_-_1a_readequacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_013.2023_-_altera_lei_municipal_2284_2013_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/projeto_de_lei_no_014.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/projeto_de_lei_no_015.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_no_016.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/projeto_de_lei_no_017.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_no_018.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_no_019.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no_020.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projet1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no_022.2023_-__autoriza__a_doar_terreeno_empresa_terra_nossa.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_no_023.2023-_abre_credito_suplementar_folha_saude_e_educacao_.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1819/projeto_de_lei_no_024.2023_-__altera_lei_municipal_no_2.854.2018_que_autoriza_o_auxilio_financeiro_em_favor_do_hospital_e_maternidade_dr.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1820/projeto_de_lei_025.2023_-_dispoe_sobre_a_instituicao_e_inclusao_no_calendario_de_festas_e_comemoracoes_do_municipio_a_tradycje_polskie.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_no_026.2023_-__dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_027.2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1852/projeto_de_lei_no_028.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1853/projeto_de_lei_no_029.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_de_lei_no_030.2023_-_autoriza__promover_a_concessao_de_direito_real_de_uso_de_imovel_publico_-_idoso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_no_031.2023_-_abre_credito_especial_pss_advogado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1875/projeto_de_lei_no_032.2023_-_loa_2024_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/projeto_de_lei_no_033.2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/projeto_de_lei_no_034.2023_-_abre_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_no_035.2023_-__autoriza__a_receber_doacao_terreno_cohapar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1952/projeto_de_lei_no_036.2023_-__altera_lei_3056.2021_taxa_de_administracao_fundo_previdencia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1991/projeto_de_lei_no_037.2023_-__cria_o_fundo_municipal_para_calamidades_publicas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2002/projeto_de_lei_no_038.2023_-__institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2003/projeto_de_lei_no_039.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2017/projeto_de_lei_no_040.2023_-_autoriza__doar_imovel__ao_fundo_de_arrendamento_residencial_far_-_cohapar.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_no_041.2023_-_institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_no_042.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_no_043.2023_-_abertura_de_credito_adicional_especial_no_valor_de_r_269.00000__lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2032/projeto_de_lei_no_044.2023_-__altera_lei_3.217.2023_que_dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_complementar_no_001.2023_refis.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/projeto_de_lei_complementar_no_002.2023_-_alteracao_lc_n_080.2020_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_lei_complementar_no_003.2023_-_altera_estatuto_-_licenca_de_mandato_classista.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_do_legislativo_no_001.2023_-_valter_palco_v2.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_do_legislativo_no_002.2023_-_eneas_acompanhante_v2.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_do_legislativo_no_003.2023_-_parafuso_rua_davi_iaros.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_do_legislativo_no_004.2023_-_jeciel_regina.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/projeto_de_lei_do_legislativo_no_005.2023_-_irineu_ubs.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_do_legislativo_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_lei_do_legislativo_no_009.2023_-_parafuso_cras_v2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_do_legislativo_no_010.2023_-_valter_denise.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_do_legislativo_no_011.2023_-_eneas_rua_ladislau_brudnicki.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_do_legislativo_no_012.2023_-_valter_vale_feira.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_do_legislativo_no_013.2023_-_jeciel_luiz_lanches.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_do_legislativo_no_014.2023_-_parafuso_rua_v2.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/projeto_de_lei_do_legislativo_no_015.2023_-_eneas_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_legislativo_no_016.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1876/projeto_de_lei_do_legislativo_no_017.2023_-_omar.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_do_legislativo_no_018.2023_seguranca.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_do_legislativo_no_019.2023_-_valter_ronda_e_protecao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_do_legislativo_no_020.2023_-_cameras_de_seguranca_alteracao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_lei_do_legislativo_no_021.2023_-_botao_do_panico.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1704/projeto_de_lei_do_legislativo_no_022.2023_-_omar_-_vulto_emerito.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_do_legislativo_no_023.2023_-_jeciel_1a_readequacao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_do_legislativo_no_024.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_do_legislativo_no_025.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_lei_do_legislativo_no_026.2023_-_irineu_terco.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_do_legislativo_no_027.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/projeto_de_lei_do_legislativo_no_028.2023_-_valter_vilmar.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_do_legislativo_no_029.2023_-_jeciel-_valorizacao_dos_artistas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_legislativo_no_030.2023_-_parafuso_cras_elizete.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_do_legislativo_no_031.2023_-_jeciel_vulto_emertido_ao_sub_tenente_sandro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no_032.2023_-_jeciel_transparencia_nas_entidades.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/projeto_de_lei_do_legislativo_no_033.2023_-_mesa_diarias.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_do_legislativo_no_035.2023_-_horta_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_do_legislativo_no_036.2023_-_irineu_sala_de_amamentacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1817/projeto_de_lei_do_legislativo_no_037.2023_-_irineu_semana_alimentacao_materna.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1818/projeto_de_lei_do_legislativo_no_038.2023_-_utilidade_publica_agua_bca_baixo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_do_legislativo_no_040.2023_-_valter_czestochowa.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_do_legislativo_no_041.2023_-_mesa_310_mil.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1865/projeto_de_lei_do_legislaivo_no_042.2023_-_jorge_jackson_e_juliano_lista_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/projeto_de_lei_do_legislativo_no_044.2023_-_valter_agrosamas_1a_alt.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/projeto_de_lei_do_legislativo_no_045.2023_-_jackson_jorge_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_do_legislativo_no_046.2023_-_rio_iguacu.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/projeto_de_lei_do_legislativo_no_047.2023_-_valter_cmei_alt.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1945/projeto_de_lei_do_legislativo_no_048.2023_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1946/projeto_de_lei_do_legislativo_no_049.2023_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_do_legislativo_no_050.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_do_legislativo_no_051.2023_-_valter_diva_distefano.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1959/projeto_de_lei_do_legislativo_no_052.2023_-_valter_marcha_jesus.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1970/projeto_de_lei_do_legislativo_no_053.2023_-_valter_estadio_americana.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1990/projeto_de_lei_do_legislativo_no_054.2023_-_omar_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_lei_complementar_do_legislativo_no_001.2023_-_eneas_abelha.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1971/plcl_no_002.2023_-_valter_vedacao_veiculo_pesados.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_decreto_do_legislativo_no_001.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1953/projeto_de_decreto_do_legislativo_no_002.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1988/projeto_de_decreto_do_legislativo_no_003.2023_-_cfo_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_resolucao_no_001.2023_-_eneas_tempo_v2.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1867/projeto_de_resolucao_no_003.2023_-_eneas_escola.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1886/projeto_de_resolucao_no_004.2023_-_mesa_consignado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/proposta_de_emenda_a_lom_no_001.2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/redacao_final_-_pll_no_018.2023_seguranca.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/requerimento_no_002.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/requerimento_no_003.2023_-_eneas_-_reducao_de_intersticio_para_2a_se.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/requerimento_no_004.2023_-_eneas_-_reducao_intersticio_4a_se.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no_005.2023_-_jorge_jackson_e_juliano__informacoes_empresasante.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no_006.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/requerimento_no_007.2023_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/requerimento_no_008.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/requerimento_no_009.2023_-_eneas_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/requerimento_no_010.2023_-_juliano_jorge_jackson_e_omar_pa.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/requerimento_no_011.2023_-_jeciel_informacao_a.social.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/requerimento_no_012.2023_-_jorge_manfroni_informacoes_concurso_publico_municipal_magisterio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/requerimento_no_013.2023_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/requerimento_no_014.2023_-_irineu.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/requerimento_no_015.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/requerimento_no_016.2023_-_eneas_-_reducao_intersticio_6a_se.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_018.2023_-_parafuso_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/requerimento_no_019.2023_-_parafuso_-_secretario_de_obras_v2.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/requerimento_no_020.2023_-_jorge_jackson_e_juliano_terrenos_publicos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/requerimento_no_022.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/requerimento_no_023.2023_-_jeciel_solicitacao_de_suspensao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_no_024.2023_-_jeciel_solicitacao_de_informacao-_samu.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/requerimento_no_025.2023_-_jackson_jorge_e_juliano_emergencia.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/requerimento_no_026.2023_-_valter_busao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_no_027.2023_-_irineu_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/requerimento_no_028.2023_-_eneas_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/requerimento_no_029.2023_-_valter_veiculo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1690/requerimento_no_030.2023_-_jeciel_secretaria_de_saude_em_plenario.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/requerimento_no_031.2023_-_jeciel-retirada_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_032.2023_-_eneas_voto_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no_033.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_no_034.2023_-_parafuso_-_secretario_de_adminsitracao_i.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/requerimento_no_035.2023_-_irineu_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/requerimento_no_036.2023_-_eneas_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/requerimento_no_038.2023_-_parafuso_beneficio_transporte_faculdade.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/requerimento_no_039.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/requerimento_no_040.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/requerimento_no_041.2023_-_parafuso_rua_barao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/requerimento_no_042.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/requerimento_no_043.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/requerimento_no_045.2023_-_jorge_jackson_e_juliano_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/requerimento_no_046.2023_-_parafuso_placas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_047.2023_-_jeciel_convocacao_sante_e_diretoria_hospital.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1788/requerimento_no_048.2023_-_jorge_jackson_e_juliano_elpidio.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1796/requerimento_no_049.2023_-_irineu_voto_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1797/requerimento_no_050.2023_-_valter_diaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_no_051.2023_-_jeciel_informacao_emenda_educacao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1821/requerimento_no_052.2023_-omar_-_petrosix.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_no_054.2023_-_jorge_jackson_e_juliano_betha_sistemas.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_no_055.2023_-_parafuso_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_no_056.2023_-_jorge_jackson_e_juliano_informacoes_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_no_057.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1848/requerimento_no_058.2023_-_jorge_jackson_e_juliano_medicamentos_e_exames.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1849/requerimento_no_059.2023_-_jorge_jackson_e_juliano_patio_de_maquina.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1882/requerimento_no_060.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1883/requerimento_no_061.2023_-_irineu_parafuso_eneas_e_valter_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1884/requerimento_no_062.2023_-_valter_-fornecimento_de_pedra.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/requerimento_no_064.2023_-_allana_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_065.2023_-_eneas_-_reducao_intersticio_13a_se.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/requerimento_no_066.2023_-_allana_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/requerimento_no_067.2023_-_jorge_jackson_e_juliano_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/requerimento_no_068.2023_-_jorge_jackson_e_juliano_tea.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/requerimento_no_069.2023_-_parafuso_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/requerimento_no_070.2023_-_eneas_-_reducao_intersticio_15a_se.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/requerimento_no_072.2023_-_valter_faxinal_ilheus.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/requerimento_no_073.2023_-_valter_palmerinha.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/requerimento_no_074.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/requerimento_no_075.2023_-_parafuso_ubs_emboque.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/requerimento_no_076.2023_-_parafuso_ubs_rosas.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_no_077.2023_-_jorge_jackson_e_juliano_material_fresado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_no_078.2023_-_parafuso_ponte_ulisses.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1948/requerimento_no_079.2023_-_jorge_jackson_e_juliano_informacoes_melhorias_cmei.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1949/requerimento_no_080.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1957/indicacao_no_228.2023_-_juliano_jorge_jackson_e_allana_vila_amaral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1961/requerimento_no_083.2023_-_valter_convidar.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1972/requerimento_no_084.2023_-_valter_convite.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1973/requerimento_no_085.2023_-_jorge_jackson_juliano_e_allana_limp._e_higienizacao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1974/requerimento_no_086.2023_-_valter_convidar_agricult.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1982/requerimento_no_087.2023_-_irineu_copel.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1992/requerimento_no_089.2023_-_parafuso_kit_gestante.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1993/requerimento_no_090.2023_-_juliano_jorge_jackson_e_allana_r.wolf.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1994/requerimento_no_091.2023_-_valter_remissao_divida.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1995/requerimento_no_092.2023_-_valter_copel.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2009/requerimento_no_095.2023_-_irineu_votos_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2010/requerimento_no_098.2023_-_allana_jorge_jackson_e_juliano_pll_49.2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2031/requerimento_no_104.2023_-_eneas_-_reducao_intersticio_19a_se.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/substitutivo_ao_projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1787/ato_da_mesa_no_001.2023_-_credto_adicional_suplem..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1850/ato_da_presidencia_no_001.2023_-_eleicao_vice-pr_pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1855/ato_da_presidencia_no_002.2023_-_eleicao_ouvidor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/emendas_no_001_002_003_e_004.2023_pl_musicos_locais.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/emenda_no_005.2023_-_irineu_v2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/emenda_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1735/emenda_no_007.2023_ao_pll_no_016.2023_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no_001.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no_002.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/indicacao_no_003.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/indicacao_no_004.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no_005.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_no_006.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no_007.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_no_008.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_no_009.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_no_010.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_no_011.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_no_012.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_no_013.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_no_014.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_no_015.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_no_016.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_no_017.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_no_018.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_no_019.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_no_020.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_no_021.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_no_022.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_no_023.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_no_024.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_no_025.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_no_026.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_no_027.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_no_028.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_no_029.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_no_030.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_no_031.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_no_032.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_no_033.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_no_034.2023_-_valter_jeciel_eneas_irineu_e_parafuso.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_no_035.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_no_036.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_no_037.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_no_038.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_no_039.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/indicacao_no_040.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/indicacao_no_041.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/indicacao_no_042.2023_-_valter_ivan.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1600/indicacao_no_043.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/indicacao_no_044.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/indicacao_no_045.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/indicacao_no_047.2023_-_jeciel_paver.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/indicacao_no_048.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/indicacao_no_049.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/indicacao_no_050.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/indicacao_no_051.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/indicacao_no_052.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/indicacao_no_053.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/indicacao_no_054.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/indicacao_no_055.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/indicacao_no_056.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/indicacao_no_057.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/indicacao_no_058.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/indicacao_no_059.2023_-_jorge_jackson_e_juliano_-_manutencao_porto_ribeiro_direita_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/indicacao_no_060.2023_-_jackson_jorge_e_juliano_-_manutencao_posto_santana_a_igreja_da_tesoura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/indicacao_no_061.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/indicacao_no_062.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/indicacao_no_063.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/indicacao_no_064.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/indicacao_no_065.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/indicacao_no_066.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/indicacao_no_067.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/indicacao_no_068.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/indicacao_no_069.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_no_070.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no_071.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no_072.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no_073.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no_074.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no_075.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no_076.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/indicacao_no_077.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no_078.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/indicacao_no_079.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/indicacao_no_080.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_no_081.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/indicacao_no_082.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/indicacao_no_083.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/indicacao_no_084.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/indicacao_no_085.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_no_086.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/indicacao_no_087.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/indicacao_no_088.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/indicacao_no_089.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/indicacao_no_090.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_no_091.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/indicacao_no_092.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no_093.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/indicacao_no_094.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/indicacao_no_095.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/indicacao_no_096.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/indicacao_no_097.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1673/indicacao_no_098.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1675/indicacao_no_099.2023_-_eneas_parafuso_irineu_jeciel_e_valter.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1676/indicacao_no_100.2023_-_jorge_jackson_e_julianoi_-_manutencao_praca_oito_de_marco.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1677/indicacao_no_101.2023_-_jeciel_lombadas_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1678/indicacao_no_102.2023_-_jeciel_lombadas_casemiro_witikowski.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1679/indicacao_no_103.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/indicacao_no_105.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/indicacao_no_106.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/indicacao_no_108.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/indicacao_no_109.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/indicacao_no_110.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/indicacao_no_111.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/indicacao_no_112.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/indicacao_no_113.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/indicacao_no_114.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no_115.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/indicacao_no_116.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/indicacao_no_117.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/indicacao_no_119.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no_120.2023_-_jeciel_solicitacao_de_projeto_cobertura_escola.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/indicacao_no_121.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1733/indicacao_no_122.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/indicacao_no_123.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1743/indicacao_no_125.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1744/indicacao_no_126.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/indicacao_no_128.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/indicacao_no_129.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no_130.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no_131.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no_132.2023_-_irineu_parafuso_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no_133.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1769/indicacao_no_134.2023_-_jorge_jackson_e_juliano_placa_de_preferencial.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1770/indicacao_no_135.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no_136.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/indicacao_no_138.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/indicacao_no_139.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1779/indicacao_no_140.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1780/indicacao_no_141.2023_-_jeciel_notificacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/indicacao_no_142.2023_-_jeciel_manutencao-_br-476.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/indicacao_no_143.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1789/indicacao_no_144.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1790/indicacao_no_145.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1791/indicacao_no_146.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1792/indicacao_no_147.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1793/indicacao_no_148.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1794/indicacao_no_149.2023_-_eneas_parafuso_irineu_valter_e_jeciel.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1795/indicacao_no_150.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1798/indicacao_no_151.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1799/indicacao_no_152.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1800/indicacao_no_153.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1801/indicacao_no_154.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1802/indicacao_no_155.2023_-_jorge_jackson_e_juliano_calcadas_cmei_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1803/indicacao_no_156.2023_-_jorge_jackson_e_juliano_identificacao_dos_veiculos_e_maquina.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1807/indicacao_no_157.2023_-_valter_parafuso_e_irineu.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/indicacao_no_158.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/indicacao_no_159.2023_-_eneas_parafuso_irineu_valter_e_jeciel_v2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/indicacao_no_160.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1811/indicacao_no_161.2023_-_jeciel_manutencao_ubs-_palmeirinha.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1812/indicacao_no_162.2023_-_jeciel_notificacao_anatel.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1813/indicacao_no_163.2023_-_jeciel_solicitacao_de_projeto_ubs_americana.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1814/indicacao_no_164.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_no_165.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_no_166.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_no_167.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_no_168.2023_-_jeciel_praca_vila_amaral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1827/indicacao_no_169.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1829/indicacao_no_170.2023_-_jackson_jorge_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1830/indicacao_no_171.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1831/indicacao_no_172.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1832/indicacao_no_173.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1837/indicacao_no_175.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1838/indicacao_no_176.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1839/indicacao_no_177.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1840/indicacao_no_178.2023_-_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1845/indicacao_no_179.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1846/indicacao_no_180.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1847/indicacao_no_181.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1861/indicacao_no_182.2023_-_jackson_jorge_e_juliano_-_limpeza_bizinelli.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1862/indicacao_no_183.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1863/indicacao_no_184.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1864/indicacao_no_185.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1868/indicacao_no_186.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1869/indicacao_no_187.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1870/indicacao_no_188.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1871/indicacao_no_189.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1872/indicacao_no_190.2023_-_allana_-_portal_polones.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1873/indicacao_no_191.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1874/indicacao_no_192.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1878/indicacao_no_193.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1879/indicacao_no_194.2023_-_allana_e_valter.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1880/indicacao_no_195.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1881/indicacao_no_196.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1889/indicacao_no_198.2023_-_allana_rua_francisco_celso_de_paula_e_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1890/indicacao_no_199.2023_-_jorge_jackson_e_juliano_calcamento_-_theodoro_toppel_-_manoel_furtado_neves.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1891/indicacao_no_200.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1892/indicacao_no_201.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1893/indicacao_no_202.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1904/indicacao_no_203.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1905/indicacao_no_204.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1906/indicacao_no_205.2023_-_eneas_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1907/indicacao_no_206.2023_-_allana_lombada_luciano_stencel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1908/indicacao_no_207.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1909/indicacao_no_208.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1910/indicacao_no_209.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1914/indicacao_no_210.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1915/indicacao_no_211.2023_-_allana_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1916/indicacao_no_212.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1917/indicacao_no_213.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1918/indicacao_no_214.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1919/indicacao_no_215.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1927/indicacao_no_216.2023_-_jorge_jackson_e_juliano_posto_de_saude_da_divisa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1928/indicacao_no_217.2023_-_jorge_jackson_e_juliano_ubs_lajeado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1929/indicacao_no_218.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_no_219.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1934/indicacao_no_220.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1935/indicacao_no_221.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_no_222.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1942/indicacao_no_223.2023_-_jorge_jackson_e_juliano_conclusao_obra_vila_buaski.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1943/indicacao_no_224.2023_-_allana_iptu.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1947/indicacao_no_225.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1954/indicacao_no_226.2023_-_jorge_jackson_e_juliano_cmei_tamareiras.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1955/indicacao_no_227.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1962/indicacao_no_229.2023_-_jorge_jackson_juliano_e_allana_divisa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1963/indicacao_no_230.2023_-_allana_jorge_jackson_e_juliano_s.m.roseira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1964/indicacao_no_231.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_no_232.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1975/indicacao_no_234.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1976/indicacao_no_235.2023_-_jorge_jackson_juliano_e_allana_redutor_e_velocidade.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1977/indicacao_no_236.2023_-_eneas_valter_parafuso_e_irineu.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1978/indicacao_no_237.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1979/indicacao_no_238.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1980/indicacao_no_239.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1981/indicacao_no_240.2023_-_juliano_jorge_jackson_allana_e_eneas_acidente_jardim_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1984/indicacao_no_241.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1985/indicacao_no_242.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1986/indicacao_no_243.2023_-_allana_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1987/indicacao_no_244.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1996/indicacao_no_245.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1997/indicacao_no_246.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1998/indicacao_no_247.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1999/indicacao_no_248.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2000/indicacao_no_249.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2001/indicacao_no_250.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2006/indicacao_no_251.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2007/indicacao_no_252.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2008/indicacao_no_253.2023_-_parafuso_irineu_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_no_254.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_no_255.2023_-_valter_parafuso_irineu_e_eneas.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_no_256.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_no_257.2023_-_irineu_parafuso_eneas_e_valter.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/mocao_no_001.2023_-_jorge_homenagem_rdx.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/mocao_no_002.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/mocao_no_003.2023_-_jeciel-_mocao_de_aplusos_jenifer.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1772/mocao_no_004.2023_-_valter_-_tradicao_polonesa.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/mocao_no_005.2023_-_valter_senhor_oscar.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/mocao_no_006.2023_-_parafuso__-_sao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/mocao_no_007.2023_-_valter_-_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1856/mocao_no_008.2023_-_eneas_eq._fem._15.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1857/mocao_no_009.2023_-_eneas_eq._masc._16_e_21.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1858/mocao_no_010.2023_-_eneas_eq._masc._master.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1859/mocao_no_011.2023_-_picheth.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1860/mocao_no_012.2023_-_valter_repudio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1885/mocao_no_013.2023_-_parafuso_-_luiz_de_oliveira_soares.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1912/mocao_no_014.2023_-_allana_-_corporacao_musical_fenix.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1913/mocao_de_apoio_no_015.2023_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1921/mocao_no_016.2023_-_valter_-_femarcacao_terras_indigenas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1922/mocao_no_017.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1944/mocao_no_018.2023_-_eneas_jiu-jitsu_v2.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1967/mocao_no_019.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1969/mocao_no_021.2023_-_valter_-_mocao_primeira_igreja_batista.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1989/mocao_no_022.2023_-_valter_-ctg.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2013/mocao_no_023.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_no_024.2023_-_valter.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2022/mocao_no_025.2023_-_jorge_samas_pe_de_xisto.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/projeto_de_lei_no_001.2023_executivo_-_2a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_lei_no_002.2023_executivo_-_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/projeto_de_lei_no_003.2023_executivo_-_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/projeto_de_lei_no_004.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/projeto_de_lei_no_005.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/projeto_de_lei_no_007.2023_-__reajuste_professores_-_final.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/projeto_de_lei_no_008.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto_de_lei_no_009.2023_executivo_-_alteracao_rev._prof..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_lei_no_010.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_lei_no_011.2023_-dispoe_sobre_a_cessao_de_servidores_publicos_municipais_para_outros_orgaos_ou_entidades_publicas_e_da_outr.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/projeto_de_lei_no_012.2023_-_1a_readequacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_no_013.2023_-_altera_lei_municipal_2284_2013_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/projeto_de_lei_no_014.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/projeto_de_lei_no_015.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1683/projeto_de_lei_no_016.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/projeto_de_lei_no_017.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/projeto_de_lei_no_018.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1701/projeto_de_lei_no_019.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no_020.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projet1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no_022.2023_-__autoriza__a_doar_terreeno_empresa_terra_nossa.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1815/projeto_de_lei_no_023.2023-_abre_credito_suplementar_folha_saude_e_educacao_.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1819/projeto_de_lei_no_024.2023_-__altera_lei_municipal_no_2.854.2018_que_autoriza_o_auxilio_financeiro_em_favor_do_hospital_e_maternidade_dr.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1820/projeto_de_lei_025.2023_-_dispoe_sobre_a_instituicao_e_inclusao_no_calendario_de_festas_e_comemoracoes_do_municipio_a_tradycje_polskie.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1828/projeto_de_lei_no_026.2023_-__dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1835/projeto_de_lei_027.2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1852/projeto_de_lei_no_028.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1853/projeto_de_lei_no_029.2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1854/projeto_de_lei_no_030.2023_-_autoriza__promover_a_concessao_de_direito_real_de_uso_de_imovel_publico_-_idoso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1866/projeto_de_lei_no_031.2023_-_abre_credito_especial_pss_advogado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1875/projeto_de_lei_no_032.2023_-_loa_2024_1a_alteracao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1899/projeto_de_lei_no_033.2023_-_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1937/projeto_de_lei_no_034.2023_-_abre_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_no_035.2023_-__autoriza__a_receber_doacao_terreno_cohapar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1952/projeto_de_lei_no_036.2023_-__altera_lei_3056.2021_taxa_de_administracao_fundo_previdencia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1991/projeto_de_lei_no_037.2023_-__cria_o_fundo_municipal_para_calamidades_publicas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2002/projeto_de_lei_no_038.2023_-__institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2003/projeto_de_lei_no_039.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2017/projeto_de_lei_no_040.2023_-_autoriza__doar_imovel__ao_fundo_de_arrendamento_residencial_far_-_cohapar.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_no_041.2023_-_institui_gratificacao_ao_agente_de_conratacao_pregoeiro_agente_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_no_042.2023_-_altera_a_estrutura_organica_cria_cargos_procuradoria_e_sec._governo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_no_043.2023_-_abertura_de_credito_adicional_especial_no_valor_de_r_269.00000__lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2032/projeto_de_lei_no_044.2023_-__altera_lei_3.217.2023_que_dispoe_sobre_a_forma_de_amortizacao_do_deficit_tecnico_atuarial.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/projeto_de_lei_complementar_no_001.2023_refis.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1895/projeto_de_lei_complementar_no_002.2023_-_alteracao_lc_n_080.2020_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1938/projeto_de_lei_complementar_no_003.2023_-_altera_estatuto_-_licenca_de_mandato_classista.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_lei_do_legislativo_no_001.2023_-_valter_palco_v2.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/projeto_de_lei_do_legislativo_no_002.2023_-_eneas_acompanhante_v2.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/projeto_de_lei_do_legislativo_no_003.2023_-_parafuso_rua_davi_iaros.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/projeto_de_lei_do_legislativo_no_004.2023_-_jeciel_regina.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/projeto_de_lei_do_legislativo_no_005.2023_-_irineu_ubs.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/projeto_de_lei_do_legislativo_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_lei_do_legislativo_no_009.2023_-_parafuso_cras_v2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_lei_do_legislativo_no_010.2023_-_valter_denise.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_lei_do_legislativo_no_011.2023_-_eneas_rua_ladislau_brudnicki.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/projeto_de_lei_do_legislativo_no_012.2023_-_valter_vale_feira.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/projeto_de_lei_do_legislativo_no_013.2023_-_jeciel_luiz_lanches.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/projeto_de_lei_do_legislativo_no_014.2023_-_parafuso_rua_v2.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/projeto_de_lei_do_legislativo_no_015.2023_-_eneas_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_do_legislativo_no_016.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1876/projeto_de_lei_do_legislativo_no_017.2023_-_omar.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1682/projeto_de_lei_do_legislativo_no_018.2023_seguranca.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1700/projeto_de_lei_do_legislativo_no_019.2023_-_valter_ronda_e_protecao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_do_legislativo_no_020.2023_-_cameras_de_seguranca_alteracao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_lei_do_legislativo_no_021.2023_-_botao_do_panico.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1704/projeto_de_lei_do_legislativo_no_022.2023_-_omar_-_vulto_emerito.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/projeto_de_lei_do_legislativo_no_023.2023_-_jeciel_1a_readequacao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_lei_do_legislativo_no_024.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_do_legislativo_no_025.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_lei_do_legislativo_no_026.2023_-_irineu_terco.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_do_legislativo_no_027.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/projeto_de_lei_do_legislativo_no_028.2023_-_valter_vilmar.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_do_legislativo_no_029.2023_-_jeciel-_valorizacao_dos_artistas.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1756/projeto_de_lei_do_legislativo_no_030.2023_-_parafuso_cras_elizete.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_do_legislativo_no_031.2023_-_jeciel_vulto_emertido_ao_sub_tenente_sandro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no_032.2023_-_jeciel_transparencia_nas_entidades.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/projeto_de_lei_do_legislativo_no_033.2023_-_mesa_diarias.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1804/projeto_de_lei_do_legislativo_no_035.2023_-_horta_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1816/projeto_de_lei_do_legislativo_no_036.2023_-_irineu_sala_de_amamentacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1817/projeto_de_lei_do_legislativo_no_037.2023_-_irineu_semana_alimentacao_materna.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1818/projeto_de_lei_do_legislativo_no_038.2023_-_utilidade_publica_agua_bca_baixo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1836/projeto_de_lei_do_legislativo_no_040.2023_-_valter_czestochowa.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1844/projeto_de_lei_do_legislativo_no_041.2023_-_mesa_310_mil.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1865/projeto_de_lei_do_legislaivo_no_042.2023_-_jorge_jackson_e_juliano_lista_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1897/projeto_de_lei_do_legislativo_no_044.2023_-_valter_agrosamas_1a_alt.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1898/projeto_de_lei_do_legislativo_no_045.2023_-_jackson_jorge_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1920/projeto_de_lei_do_legislativo_no_046.2023_-_rio_iguacu.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1931/projeto_de_lei_do_legislativo_no_047.2023_-_valter_cmei_alt.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1945/projeto_de_lei_do_legislativo_no_048.2023_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1946/projeto_de_lei_do_legislativo_no_049.2023_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_do_legislativo_no_050.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_do_legislativo_no_051.2023_-_valter_diva_distefano.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1959/projeto_de_lei_do_legislativo_no_052.2023_-_valter_marcha_jesus.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1970/projeto_de_lei_do_legislativo_no_053.2023_-_valter_estadio_americana.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1990/projeto_de_lei_do_legislativo_no_054.2023_-_omar_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_lei_complementar_do_legislativo_no_001.2023_-_eneas_abelha.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1971/plcl_no_002.2023_-_valter_vedacao_veiculo_pesados.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1805/projeto_de_decreto_do_legislativo_no_001.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1953/projeto_de_decreto_do_legislativo_no_002.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1988/projeto_de_decreto_do_legislativo_no_003.2023_-_cfo_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/projeto_de_resolucao_no_001.2023_-_eneas_tempo_v2.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1867/projeto_de_resolucao_no_003.2023_-_eneas_escola.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1886/projeto_de_resolucao_no_004.2023_-_mesa_consignado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1936/proposta_de_emenda_a_lom_no_001.2023_-_todos.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/redacao_final_-_pll_no_018.2023_seguranca.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/requerimento_no_002.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/requerimento_no_003.2023_-_eneas_-_reducao_de_intersticio_para_2a_se.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/requerimento_no_004.2023_-_eneas_-_reducao_intersticio_4a_se.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no_005.2023_-_jorge_jackson_e_juliano__informacoes_empresasante.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no_006.2023_-_jorge_jackson_e_juliano.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/requerimento_no_007.2023_-_jackson.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/requerimento_no_008.2023_-_juliano_jorge_jackson_e_omar.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/requerimento_no_009.2023_-_eneas_-_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/requerimento_no_010.2023_-_juliano_jorge_jackson_e_omar_pa.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/requerimento_no_011.2023_-_jeciel_informacao_a.social.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/requerimento_no_012.2023_-_jorge_manfroni_informacoes_concurso_publico_municipal_magisterio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/requerimento_no_013.2023_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/requerimento_no_014.2023_-_irineu.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/requerimento_no_015.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/requerimento_no_016.2023_-_eneas_-_reducao_intersticio_6a_se.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/requerimento_no_018.2023_-_parafuso_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/requerimento_no_019.2023_-_parafuso_-_secretario_de_obras_v2.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/requerimento_no_020.2023_-_jorge_jackson_e_juliano_terrenos_publicos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/requerimento_no_022.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1680/requerimento_no_023.2023_-_jeciel_solicitacao_de_suspensao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1681/requerimento_no_024.2023_-_jeciel_solicitacao_de_informacao-_samu.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/requerimento_no_025.2023_-_jackson_jorge_e_juliano_emergencia.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/requerimento_no_026.2023_-_valter_busao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/requerimento_no_027.2023_-_irineu_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/requerimento_no_028.2023_-_eneas_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/requerimento_no_029.2023_-_valter_veiculo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1690/requerimento_no_030.2023_-_jeciel_secretaria_de_saude_em_plenario.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/requerimento_no_031.2023_-_jeciel-retirada_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_032.2023_-_eneas_voto_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no_033.2023_-_juliano_jorge_e_jackson.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/requerimento_no_034.2023_-_parafuso_-_secretario_de_adminsitracao_i.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/requerimento_no_035.2023_-_irineu_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/requerimento_no_036.2023_-_eneas_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/requerimento_no_038.2023_-_parafuso_beneficio_transporte_faculdade.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/requerimento_no_039.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/requerimento_no_040.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/requerimento_no_041.2023_-_parafuso_rua_barao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1754/requerimento_no_042.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/requerimento_no_043.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/requerimento_no_045.2023_-_jorge_jackson_e_juliano_mais_brasil.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/requerimento_no_046.2023_-_parafuso_placas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/requerimento_no_047.2023_-_jeciel_convocacao_sante_e_diretoria_hospital.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1788/requerimento_no_048.2023_-_jorge_jackson_e_juliano_elpidio.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1796/requerimento_no_049.2023_-_irineu_voto_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1797/requerimento_no_050.2023_-_valter_diaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1806/requerimento_no_051.2023_-_jeciel_informacao_emenda_educacao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1821/requerimento_no_052.2023_-omar_-_petrosix.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1834/requerimento_no_054.2023_-_jorge_jackson_e_juliano_betha_sistemas.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1841/requerimento_no_055.2023_-_parafuso_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1842/requerimento_no_056.2023_-_jorge_jackson_e_juliano_informacoes_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1843/requerimento_no_057.2023_-_jeciel.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1848/requerimento_no_058.2023_-_jorge_jackson_e_juliano_medicamentos_e_exames.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1849/requerimento_no_059.2023_-_jorge_jackson_e_juliano_patio_de_maquina.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1882/requerimento_no_060.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1883/requerimento_no_061.2023_-_irineu_parafuso_eneas_e_valter_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1884/requerimento_no_062.2023_-_valter_-fornecimento_de_pedra.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1888/requerimento_no_064.2023_-_allana_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1896/requerimento_no_065.2023_-_eneas_-_reducao_intersticio_13a_se.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1900/requerimento_no_066.2023_-_allana_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1901/requerimento_no_067.2023_-_jorge_jackson_e_juliano_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1902/requerimento_no_068.2023_-_jorge_jackson_e_juliano_tea.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1903/requerimento_no_069.2023_-_parafuso_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1911/requerimento_no_070.2023_-_eneas_-_reducao_intersticio_15a_se.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1924/requerimento_no_072.2023_-_valter_faxinal_ilheus.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1925/requerimento_no_073.2023_-_valter_palmerinha.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1926/requerimento_no_074.2023_-_eneas.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1932/requerimento_no_075.2023_-_parafuso_ubs_emboque.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1933/requerimento_no_076.2023_-_parafuso_ubs_rosas.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_no_077.2023_-_jorge_jackson_e_juliano_material_fresado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_no_078.2023_-_parafuso_ponte_ulisses.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1948/requerimento_no_079.2023_-_jorge_jackson_e_juliano_informacoes_melhorias_cmei.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1949/requerimento_no_080.2023_-_allana.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1957/indicacao_no_228.2023_-_juliano_jorge_jackson_e_allana_vila_amaral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1961/requerimento_no_083.2023_-_valter_convidar.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1972/requerimento_no_084.2023_-_valter_convite.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1973/requerimento_no_085.2023_-_jorge_jackson_juliano_e_allana_limp._e_higienizacao.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1974/requerimento_no_086.2023_-_valter_convidar_agricult.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1982/requerimento_no_087.2023_-_irineu_copel.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1992/requerimento_no_089.2023_-_parafuso_kit_gestante.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1993/requerimento_no_090.2023_-_juliano_jorge_jackson_e_allana_r.wolf.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1994/requerimento_no_091.2023_-_valter_remissao_divida.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1995/requerimento_no_092.2023_-_valter_copel.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2009/requerimento_no_095.2023_-_irineu_votos_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2010/requerimento_no_098.2023_-_allana_jorge_jackson_e_juliano_pll_49.2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/2031/requerimento_no_104.2023_-_eneas_-_reducao_intersticio_19a_se.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/substitutivo_ao_projeto_de_lei_do_legislativo_no_006.2023_-_irineu_idoso.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="223.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="212" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>