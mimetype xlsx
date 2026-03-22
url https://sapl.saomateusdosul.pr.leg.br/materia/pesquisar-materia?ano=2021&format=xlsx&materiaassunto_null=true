--- v0 (2025-11-05)
+++ v1 (2026-03-22)
@@ -54,2049 +54,2049 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/475/proposta_de_emenda_no_001.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/475/proposta_de_emenda_no_001.2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Parágrafo Único no Art. 1° e o Art. 19, e altera a redação do Art. 2°, 16 e 17 do Projeto de Lei n° 001/2021.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/476/proposta_de_emenda_no_002.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/476/proposta_de_emenda_no_002.2021.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o Art. 2º do Projeto de Lei nº 007/2021.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Valter Przywitowski, Jeciel Ferreira Franco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/477/proposta_de_emenda_no_003.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/477/proposta_de_emenda_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º, suprimi o Parágrafo único, e acrescenta o §1º, §2ª, §3ª e §4ª.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/478/proposta_de_emenda_no_004.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/478/proposta_de_emenda_no_004.2021.pdf</t>
   </si>
   <si>
     <t>Suprimi parcialmente o texto da Ementa e do Art. 2º do Projeto de Lei do Legislativo nº 010/2021.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/502/proposta_de_emenda_no_005.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/502/proposta_de_emenda_no_005.2021.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso II do Art. 2º do Projeto de Lei Legislativo nº 008/2021 e renumera incisos.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/588/proposta_de_emenda_aditiva_no_006.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/588/proposta_de_emenda_aditiva_no_006.2021.pdf</t>
   </si>
   <si>
     <t>Acresce o artigo 2º e 3º ao Projeto de Lei nº 019/2021 do Poder Executivo.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/p.emenda_mod._no_007.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/p.emenda_mod._no_007.2021.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 1º do Projeto de Lei do Legislativo.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/p.emenda_subst._no_008.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/p.emenda_subst._no_008.2021.pdf</t>
   </si>
   <si>
     <t>Substitui o Art. 1º do Projeto de Lei do Legislativo nº 026/2021.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Juliano Orlowski de Oliveira, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_0001-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providencias no sentido de restaurar a tampa da boca de lobo e limpar a mesma, que está localizada na esquina da Rua São João com a Rua São Cristóvão, em frente à residência de nº 794 na Vila Bom jesus.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_0002-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar um recapeamento asfáltico e manutenção em bocas de lobo, que estão localizadas na Rua Ney Amintas de Barros Braga, próximas a residência de nº 995, na Vila Amaral.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_0003-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar uma lombada elevada na Rua Roberto Angewits próxima a residência de n°1262, no Centro, nas proximidades da Praça do Rio.</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Irineu Lepinski Macuco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_0004-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_0004-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a colocação de lombada na Rua Walter Tetuy das Neves -- Jardim São Joaquim.</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao_no_0005-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao_no_0005-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo realizar estudos no sentido de colocar 02 (dois) redutores de velocidade tipo lombada na Rua Joaquim Cunha Vieira - Vila Buaski.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_0006-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_0006-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar uma manutenção na Rua Pref. José Zampier Filho, nas proximidades da lateral da Auto Elétrica Vídeo e Áudio e Centro da Juventude, na Vila Buaski.</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_0007-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_0007-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a realização de estudo para drenagem e melhorias necessárias (limpeza e refazer bueiros), garantindo o escoamento das águas pluviais na Vila Buaski, citamos como referência, as Ruas Vitório Biancolini, Pedro Ignaszewski, João Bettega e Rua Carlos Mieczynikowski.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_no_0008-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_no_0008-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a publicação da lista de todas as pessoas vacinadas contra o coronavírus, com número do lote da vacina e data.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Aramis Mayer, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_0009-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_0009-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a colocação de lombadas ou redutores de velocidade na Rua Estanislau Buzinski nas proximidades dos nos 788 e 960 - Vila Amaral.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_no_0010-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_no_0010-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a colocação de lombadas ou redutores de velocidade na Rua Ewaldo Gaensly nas proximidades do nº 671 - Vila Amaral.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_no_0011-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_no_0011-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a instalação de 02 (duas) lombadas ou redutor de velocidade na rua São Cristóvão na Vila Bom Jesus, a primeira na esquina do Projeto Portal do Saber em frente ao portão de entrada e a segunda nas proximidades do número 855, próximo Igreja Congregação Cristã no Brasil.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_no_0012-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_no_0012-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a Instalação de Lombadas na rua São João Vila Bom Jesus nas proximidades do CMEI Vila Bom Jesus e próximo ao número 774.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_no_0013-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_no_0013-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a instalação de lombadas ou redutor de velocidade na Rua Pedro Carlos Kirchnner, esquina com Rodolfo Wonlinsigem na Vila Amaral, proximidades da Igreja do Evangelio Quadrangular.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Aramis Mayer, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_no_0014-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_no_0014-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a Instalação de novas lixeiras e substituição de Lixeiras danificadas nas principais vias do perímetro Urbano, principalmente, na Av. Ulisses Farias e Av. Ozy Mendonça de Lima, Praças Públicas, Órgãos Públicos, Ponto de ônibus e Escolas no Município de São Mateus do Sul PR.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Aramis Mayer, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_no_0015-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_no_0015-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, seja feita a manutenção corretiva e preventiva dos equipamentos de ginásticas instalados na Vila Americana.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_no_0016-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_no_0016-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, estudo para aquisição de um novo terreno para a construção de CMEI.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_no_0017-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_no_0017-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a aquisição de terrenos, elaboração de projetos e posterior inserção no Plano de Ações Articuladas (PAR), para construção de novos Centros Municipais de Educação Infantil na Vila Pinheirinho e Vila Bom Jesus.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_no_0018-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_no_0018-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo que através das Secretarias de Educação e Saúde, seja firmado convênio com Instituição capacitada para atendimento de crianças com Transtorno do Espectro Autista (TEA), cito, a exemplo, a APAE, Associação de Pais e Amigos dos Excepcionais. Que este convênio seja baseado em um plano de trabalho consistente com os seguintes profissionais: -Psicólogo; -Neuropediatra; -Terapeuta Ocupacional; -Fonoaudióloga; Com realização de atendimentos, avaliações (Teste Visc), acompanhamentos e direcionamentos que se façam necessários para atendar a demanda citada.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Aramis Mayer, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_no_0019-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_no_0019-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a reforma do Mata-Burro nas proximidades da propriedade do Sr. Hugo Nizer Faria na comunidade do Emboque</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_no_0020-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_no_0020-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a colocação de uma travessia elevada na Rua Ulisses Farias nas proximidades da empresa FG Refrigeração.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_no_0021-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_no_0021-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação das ruas não contempladas nas obras passadas na Vila Prohmann.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_no_0022-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_no_0022-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a inclusão em planejamentos futuros a pavimentação das seguintes ruas: Rua Maria Paulina Wolter, Rua Tem. Max Wolf Filho e Rua Chico Mendes na Vila Pinheiro.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_no_0023-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_no_0023-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo o envio da indicação, projetos existentes ou estudos de viabilidade de canalização do braço do Rio Canos à Secretaria de Desenvolvimento Sustentável e do Turismo do Estado do Paraná.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_no_0024-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_no_0024-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da Estradas Rurais da comunidade de São Miguel, Lageado, Porto Ribeiro, Palmito e Divisa, seguindo até a comunidade do Mico Magro.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_no_0025-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_no_0025-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção das Estradas Rurais da comunidade do Rio das Pedras, Fazendinha, Turvo de Baixo, Faxinal do Elias, Caitá, Turvo Barracas, Colônia Cachoeira.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_no_0026-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_no_0026-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção das Estradas Rurais da comunidade do Espigãozinho, sentido Fazenda Maria Izabel ao Espigãozinho.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_no_0027-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_no_0027-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a inclusão no planejamento da Secretaria de Obras a pavimentação das ruas da Usina Velha.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_no_0028-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_no_0028-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar uma balsa com urgência, no Porto Ribeiro, zona rural de São Mateus do Sul.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_no_0029-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_no_0029-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar uma restauração e manutenção nas bocas de lobos, que estão localizadas na Avenida Ulisses Faria em cima da ciclovia, sendo uma delas próxima ao Zé das máquinas e outra próxima ao trevo/ mercado Padilha.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_no_0030-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_no_0030-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar uma galeria para vazão de água na ponte da localidade do Espigãozinho, zona rural de São Mateus do Sul.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Aramis Mayer, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_no_0031-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_no_0031-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a substituição das manilhas e madeiras da ponte sobre o Rio Agua Suja localizada na comunidade da Tesoura que liga São Miguel da Roseira por uma Galeria de concreto com cabeceiras.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Aramis Mayer, Omar Raimundo Picheth Neto, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_no_0032-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_no_0032-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção das estradas rurais principais e secundárias das comunidades Arroio da Cruz e Lageadinho.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_no_0033-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_no_0033-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção das estradas rurais das comunidades de Tesoura A, Tesoura B, Retiro, Cambará, Aliança Velha e Mico Magro no Município de São Mateus do Sul/PR.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_no_0034-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_no_0034-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção das estradas rurais das comunidades de Vargem Grande, Santana, Pimenteira, Terra Vermelha no Município de São Mateus do Sul/PR.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_no_0035-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_no_0035-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente sugerindo que seja providenciado Instalação de Guarda-Corpo de proteção (corrimão de ponte) localizado na ponte de entrada do Bairro Vila Americana no Município de São Mateus do Sul PR.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Aramis Mayer, Irineu Lepinski Macuco, Jorge Wallace Manfroni, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a instalação de redutores de velocidade na rua Tenente Max Wolf Filho nas proximidades do nº 332.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_no_0037-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_no_0037-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a colocação de lombada na Rua Hezir Leal Hultiman nas proximidades do nº 815 Bairro Jardim santa Cruz via principal que liga o Bairro Vila Verde</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_no_0038-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_no_0038-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a colocação e instalação de Poste de Luz no terreno que se encontra a academia ao ar livre na Comunidade das Tamareiras.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_no_0039-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_no_0039-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Prefeita Municipal sugerindo a limpeza do terreno da Prefeitura ao lado do CMEI do Bairro Parque das Tamareiras.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_0040-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_0040-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Prefeita Municipal sugerindo a avaliação quantitativa para a construção de lombadas na Rua Antônio Bisinelli, trecho da esquina da Vila Americana até o bairro Parque das TAMAREIRAS.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_0041-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_0041-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal indicando a manutenção de lâmpada na Rua Ernesto Bisinelli em frente a casa nº 383, bairro Parque das Tamareiras, junto com a mesma indicação solicita a retirada de poste inativo em frente a casa nº 371.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_0042-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_0042-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal indicando a manutenção de lâmpada na Rua Antônio Bisinelli, poste em frente a casa nº 2506, Bairro Colônia Iguaçú.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_0043-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_0043-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a avaliação e elaboração de projeto de calçamento do trecho da entrada da Vila americana Rua Avenida Iguaçú, até o início do campo.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_0044-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_0044-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a Instalação de placas de identificação com o nome das ruas do Loteamento Terra Nova.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_0045-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_0045-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que, caso haja atraso na entrega de vacinas para imunização frente ao novo coronavírus (Sars-Cov 2) por parte dos Governos Federal e Estadual, sejam adotadas as providências necessárias para aquisição de doses suficientes de vacinas para imunizar, de forma prioritária, idosos e pessoas portadoras de doenças crônicas.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_0047-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_0047-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Saúde possa verificar: 1- Responsável Técnica para o Ambulatório Municipal, pois não tem!; 2- Computadores, fazer manutenção e planejar a aquisição de novas máquinas; 3- Dar suporte a todos os atendimentos; 4- Verificar junto à Secretaria de Administração a questão de insumos necessários que dependem de avaliação referente ao alinhamento de preços, URGENTE; 5- Verificar a questão de organização quanto às pessoas que chegam após a entrega das fichas para consultas; 6- Verificar a lista de atendimento no Centro de Fisioterapia, pois precisa ser planejado e adequado o quadro funcional, suas cargas horárias com possível ampliação, de forma a garantir o atendimento prioritário; 7- Estar presente no ambiente e conversar com todos os profissionais, buscando a harmonia entre planejamento, estrutura e trabalho desenvolvido</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_0048-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_0048-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a reforma dos corrimões da ponte da Rua Ulisses Farias por material metálico.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_no_0049-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_no_0049-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação da Rua Pres. John Kennedy na Vila Amaral.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_no_0050-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_no_0050-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação da Rua Guilherme Kantor, próximo ao número 1881, na Vila Prohmann, entre as ruas Francisco Geraldo Portes e Vinicius de Moraes.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_0051-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_0051-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação da Rua Barão do Rio Branco, próximo ao número 1881, na Vila Prohmann, entre as ruas Francisco Geraldo Portes e a Rua Janoski.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_no_0052-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_no_0052-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo que entre em contato com o D.E.R, secretaria de infraestrutura e logística do Estado para viabilizar a instalação de uma lombada eletrônica na rodovia PR-151 na localidade de Lageado, entrada para a estrada principal de Porto Ribeiro.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_0053-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_0053-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e Secretarias envolvidas para que seja tomada as providências que julgar pertinente, sugerindo que seja revisto os procedimentos atuais e repensado a forma de uso do parque municipal de exposições (especificar se há planejamento futuro de organização e forma de uso).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_no_0054-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_no_0054-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da massa asfáltica nas ruas São Mateus, Cerro Azul, Nazaré, Medianeira, da Esperança na Vila Americana. As ruas encontram-se em péssimas condições, com buracos e rachaduras, e precisam de melhorias de recapagem asfáltica.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Aramis Mayer</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_0055-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_0055-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo que o Poder Executivo oficie e reitere ao Departamento de Estradas e Rodagens do Paraná (DER) para que seja viabilizado sinalização (pintura das faixas) na PR-151 no trecho que liga São Mateus do Sul/PR à Três Barras/SC.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_0056-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_0056-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção e troca das lâmpadas dos postes de iluminação pública localizados no Bairro Dona Hermínia das seguintes ruas: Rua Luiz Damásio Santos Lima, 1344 (não tem nenhuma lâmpada na quadra); Rua Dom Pedro II esquina com a Rua Sete de Setembro (falta colocação de luz no poste); Rua Sete setembro esquina com Theodoro Toppel (precisa de colocação de poste de luz); As ruas abaixo faltam lâmpadas e precisam verificar a fiação: Rua Pedro Ignacheski nº 819; Rua Pedro Ignacheski nº 679; Rua Joaquim Cunha Vieira nº 819; Rua Alberto Sharam nº 1582.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_0057-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_0057-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a colocação e substituição das placas de nomenclatura e de logradouro que estão danificadas na área urbana e bairros do município de São Mateus do Sul PR e que seja realizado um estudo para padronizar conforme normas estabelecidas pelo CONTRAN.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_no_0058-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_no_0058-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo elaborar um estudo de viabilidade para pavimentar as ruas com ausências de asfaltos da Vila Buaski, principalmente, nas proximidades do Centro da Juventude, Chiquetto distribuidora de bebidas e Colégio Integral.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_0059-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_0059-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que o transporte do caminhão mude o seu percurso e adentre à comunidade Fazendinha para coletar o lixo reciclável dos moradores.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_no_0060-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_no_0060-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo reparos e pinturas nos postos de saúde das comunidades do Lageado e Faxinal do Elias.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_0061-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_0061-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo reparos e pinturas na Escola Municipal na comunidade do Taquaral do Bugre.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_no_0062-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_no_0062-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das estradas rurais das comunidades de Fluviópolis, Cruzo do DER (Fluviópolis), Manduri, todas as Colônias e Paiol da Barra Feia.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_no_0063-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_no_0063-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo o estudo para explorar a Pedreira do Turvo de Baixo.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_no_0064-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_no_0064-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a regularização do terreno e a construção de uma capela mortuária no Cemitério São Miguel na comunidade de São Miguel da Roseira.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_no_0065-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_no_0065-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a expedição de ofício ao Deputado Federal Luciano Ducci - PSB para a aquisição e liberação de recursos para a seguinte finalidade:  Aquisição de recursos de um ônibus escolar para o transporte de alunos da rede pública.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_no_0066-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_no_0066-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a expedição ao Deputado Federal Luciano Ducci - PSB para a aquisição e liberação de recursos para a seguinte finalidade:  Aquisição de recursos para compra de equipamentos para a instalação do Programa Mãe Samateuense no atendimento a gestantes.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_no_0067-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_no_0067-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a expedição ao Deputado Federal "Vermelho" - PSD a aquisição e a liberação de recursos para as seguintes finalidades:  Aquisição de um rolo compactador;  Colocação de pedra irregular em um trajeto de 4 quilômetros em estrada rural do Município; Pavimentação urbana.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_no_0068-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_no_0068-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa ser realizada instalação de lombada na Rua Theodoro Toppel, no Bairro Jardim Dona Hermínia, citamos como ponto de referência o número da casa 1475.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_no_0070-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_no_0070-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa realizar manutenção das estradas principais e vicinais da comunidade do Mourão.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar reparos urgentes, com a utilização de máquinas etc. na Rua João Berezwoski, em frente à residência de número 185 no Loteamento Santa Cruz. E a retirada de entulhos na mesma rua próximo à residência de número 577, esquina com a Rua Mercedes da Silva Portes</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_no_0072-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_no_0072-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar uma manutenção e patrolamento na estrada principal da localidade da Colônia Cachoeira, zona rural de São Mateus do Sul, e a abertura de valetas para o escoamento de água.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_no_0073-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_no_0073-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar uma restauração e manutenção no escoamento do esgoto que vem da Rua Travessia das Tulipas, que decorre na Rua Vereador Tadeu Novakoski 971 e 983, localizada na Vila Verde com o Loteamento Santa Cruz.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_no_0074-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_no_0074-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que tome providências no sentido de realizar a aquisição de uma balança, destinada à Secretaria do Meio Ambiente para a COSAMAR.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_no_0075-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_no_0075-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a manutenção da estrada de acesso a INCEPA e Bigsafra no Município de São Mateus do Sul/PR. Nas proximidades da BR476, Km 147 Colônia Cachoeira</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_no_0076-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_no_0076-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a viabilização de recursos financeiros para a construção de 01 (uma) sala de aula, 01 (um) banheiro para funcionários e reforma na escola municipal do Campo José de Alencar na localidade do Papuã.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_0077-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_0077-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeita municipal sugerindo que seja providenciado a instalação de "ECOPONTOS" nas comunidades Rurais, Bairros do Município de São Mateus do Sul PR. ECOPONTOS são Lixeiras, caçambas ou containers adaptados para o descarte correto de lixo seco, reciclável, colocadas em locais estratégicos, sugiro que seja administrado pelo poder público ou empresas privadas.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_0078-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_0078-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita municipal sugerindo que seja providenciado Instalação de placas de sinalização/identificação das estradas rurais do Município, conforme normas do DENATRAN de São Mateus do Sul - PR.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_no_0079-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_no_0079-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita municipal sugerindo que seja criado um projeto de LEI pelo poder Executivo em beneficio a qualidade de vida da população providenciado Instalação de placas de sinalização/identificação da zona Urbana ou substituídas de forma vertical nas vias urbanas conforme normas do CONTRAN, que é definida pela cor verde nas placas indicativas normais localidades, marrom para placas de atrativos Turísticos e a cor azul para locais existentes na cidade como Hospitais por exemplo Seguindo os padrões e norma ABNT no município de São Mateus do Sul - PR.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_no_0080-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_no_0080-2021.pdf</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_no_0081-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_no_0081-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a pavimentação asfáltica nas ruas Bairro Vila Nepomuceno nas Ruas Marcelo Janowiski, Altair Précoma, Washington Cezelo Luciano Gusso, José do Nascimento Teixeira que se encontram em péssimas condições de trafego com muitos buracos em dias de chuva formam possas de água deixando a via perigosa. De forma emergencial sugerimos Melhorias nas vias que precisam de Nivelamento e operação tapa buracos.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_no_0082-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_no_0082-2021.pdf</t>
   </si>
   <si>
     <t>Determinar ao setor competente que proceda melhorias das vias no bairro Jardim Santa Cruz nas ruas João Berezowiski, Ver. Tadeu Novakowski, Hezir Leal Hultman, Mercedes da Silva Portes, Lauro Severiano de Carvalho Ramos, Professor Bernardo do Amaral Wolff, Moisés dos Santos Lima, João Bergzwoski, as ruas precisam de operação Tapa-Buracos e nivelamento as mesmas encontran-se em péssimas condições de trafego com muitos buracos e possas de água podendo causar acidentes. Além das ruas mencionadas, a Prefeitura poderia realizar um estudo para viabilizar a pavimentação asfáltica ou ausentes de pavimentação.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_no_0083-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_no_0083-2021.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental a Excelentíssima Prefeita Municipal Fernanda Garcia Sardanha, de forma sugestiva para o departamento de mídias sociais para criarem uma forte Campanha Municipal de Conscientização para Jovens e adultos de 15 aos 39 anos, relacionado ao Covid 19 e sua nova Variante.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Irineu Lepinski Macuco, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_no_0084-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_no_0084-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a secretaria de obras para elaborar um projeto de pavimentação da Rua Marcelo Janoski na Vila Nepomuceno, entre as Ruas João Toporowcz a BR-476.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_no_0085-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_no_0085-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo o patrolamento e colocação de pedras na Vila Pinheirinho. Priorizando as ruas que estão em péssimas condições, conforme avaliação a ser realizada pela Secretaria de Obras.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_no_0086-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_no_0086-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo o patrolamento e colocação de pedras em diversas ruas no Jardim Santa Cruz. Priorizando as ruas que estão em péssimas condições, conforme avaliação a ser realizada pela Secretaria de Obras.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_no_0087-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_no_0087-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a Instalação de portão e rampa de acesso na unidade básica de saúde da comunidade do cambará.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_no_0088-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_no_0088-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a avaliação Técnica para a Instalação de redutores de velocidade na rua Professor Bernardo do Amaral Wolf - Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_no_0089-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_no_0089-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que seja verificada a qualidade do equipamento instalado na Praça Oito de Março, Estação de Musculação.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_no_0090-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_no_0090-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a contratação de agente de endemias para atuação na área de fiscalização no combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_no_0091-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_no_0091-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da estrada rural da comunidade Faxinal dos Ilhéus e comunidade Taquaral do Bugre.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a reforma da Capela Mortuária do Cemitério Municipal, incluindo a instalação de aparelhos de ar condicionado, pinturas e demais melhorias que achar pertinente.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_no_0093-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_no_0093-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo que seja feita limpeza das valetas e bueiros e correção da Rua Tenente Max Wollf Filho (estrada velha).</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_no_0094-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_no_0094-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja realizado dentro dos tramites legais abertura do processo de compra de um micro-ônibus para a secretaria municipal de saúde aonde será utilizado para transportes de pacientes a outros municípios. O chamado Tratamento Fora de Domicilio (TFD).</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_no_0095-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_no_0095-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo que seja feita limpeza das valetas e boeiros no bairro Vila Faty.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_no_0096-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_no_0096-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo à Copel realizar um estudo de deslocamento de lugar dos postes de energia elétrica públicas da Rua Antônio Bizinelli no bairro Colônia Iguaçu, principalmente, entre a Rua dos Imigrantes até a BR-476. O objetivo da mudança seria a adequação dos postes para alargar a rua num projeto futuro de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_no_0097-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_no_0097-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que no nosso protocolo municipal e plano de imunização priorize a Corporação Policial de São Mateus do Sul.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_no_0098-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_no_0098-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa ser realizada a manutenção e adequação da rede Pluvial através da colocação de tubos de concreto na Rua Presidente John Kennedy, Vila Amaral, cito a casa de número 691.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_no_0099-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_no_0099-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através da Secretaria de Obras possa ser realizada a manutenção da Rua Celso de Paula Santos Lima, Vila Amaral com patrolamento e empedramento.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_no_0100-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_no_0100-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental que determine ao setor competente providências no sentido de solicitar patrolamento na Rua Alberto Scherann, próximo a residência de número 1422 no bairro Jardim Dona Hermínia.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_no_0101-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_no_0101-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental que determine ao setor competente providências no sentido de solicitar reparos urgentes no bueiro localizado na Comunidade da Pimenteira, próximo a residência do Senhor Edenilson, conhecido como "Pastel", interior de São Mateus do Sul. Ainda, que seja realizada a manutenção das estradas com o patrolamento e empedramento das vias da mesma comunidade.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_0102-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_0102-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo realizar um estudo e projeto de pavimentação asfáltica na Rua João Toporowcz na Vila Nova, entre a Rua José Caetano Ferreira Júnior até a Caixa da Sanepar.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_no_0103-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_no_0103-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo um estudo e planejamento para a aquisição de um terreno para a construção de uma nova creche na Vila Bom jesus.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_no_0104-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_no_0104-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo a elaboração do projeto de rede de esgoto para a comunidade das Tamareiras.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_no_0105-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_no_0105-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo notificação ao proprietário de terreno na Rua Antônio Bizinelli em frente ao número 1818 solicitando a limpeza do terreno.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_no_0106-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_no_0106-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação asfáltica das seguintes ruas do Bairro Jardim São Joaquim: Rua João Lino Ferreira, Rua Inácio Imianos, Rua José Stefaniak e Rua Basílio Yacyszyn.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_no_0107-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_no_0107-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a limpeza de valetas e alargamento do bueiro com a colocação de 02 (duas) manilhas para a passagem de colheitadeira e caminhões na localidade do Turvo Barracas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_no_0108-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_no_0108-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo a limpeza de valetas e alargamento do bueiro para a passagem de colheitadeira e caminhões na comunidade do Caitá.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_no_0109-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_no_0109-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Prefeita Municipal, Sra. Fernanda G. Sardanha, sugerindo que determine ao departamento competente que revise a iluminação do chimarródromo.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_no_0110-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_no_0110-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Prefeita Municipal, Sra. Fernanda G. Sardanha, sugerindo que determine ao departamento competente que efetue a troca de lâmpadas queimadas na Rua Rodolfo Wolf, próximo a Agropecuária São Mateus.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_no_0111-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_no_0111-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de solicitar reparos urgentes, bem como recapeamento na Rua Santo Antônio, próximo a Banca do Tio Pedro com esquina Rua São João, na Vila Bom Jesus.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_no_0112-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_no_0112-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar manutenção em duas bocas de lobo na Rua São Mateus nº 750, localizada na Vila Bom Jesus.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_0113-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_0113-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar uma limpeza de entulhos bem como a retirada de uma manilha, situada na Rua São Cristóvão com esquina da Rua São João, localizadas na Vila Bom Jesus.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_no_0114-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_no_0114-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada análise e possível restruturação das vagas de estacionamento no cruzamento das ruas Dr. Paulo Fortes e Agenor do Nascimento, cito como referência o pátio de máquinas.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_0115-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_0115-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo um aditivo no contrato da obra do Ginásio Polacão para o emborrachamento da área que ficou instalada os equipamentos de aquecimento, pois o devido local ficou com chão bruto, dificultando assim o uso do espaço.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_0116-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_0116-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a manutenção da Rua Joaquim Ferreira Guimarães esquina com a Rua Nossa Senhora do Rocio, trecho próximo ao Adolecentro com patrolamento e empedramento.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_no_0117-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_no_0117-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que entre em contato com o D.E.R do nosso município para pedir providências a respeito em fazer acostamento na PR-151 na localidade da comunidade do Lageado, sentido comunidade do Palmito.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_0118-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_0118-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal, para que seja tomada as providências que julgar pertinente, sugerindo o patrolamento e colocação de pedras na estrada rural da comunidade Paiol Grande, iniciando nas proximidades da propriedade do Dr. Roberto, passando pelo túnel e Mercado Jorginho - sentido Dois Irmãos - até a PR-364.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_0119-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_0119-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo o reparo de 02 (duas) tampas de boca de lobo: a 1ª (primeira) é entre a Rua Altino Pereira de Lima e a Rua Joaquim Cunha Vieira (Rua do Canal) próximo ao Centro da Juventude, e a 2ª (segunda) entre a Rua Joaquim Cunha Vieira (Rua do Canal) com a Rua Vitório Biancolini.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_0120-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_0120-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a instalação de 02 (dois) corrimões na ponte do Rio Turvo na comunidade do Turvo de Baixo.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_no_0121-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_no_0121-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação asfáltica da Rua Altair Précoma, iniciar na Rua Marcelo Janoski até a Rua João Toporowocz.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_0122-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_0122-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar manutenção e desentupimento das bocas de lobo na Rua Emílio Prohmann nº 972, esquina com Luis Fioravante nº 196, localizada na Vila Amaral.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_no_0123-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_no_0123-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada notificação a empresa responsável pela obra de pavimentação asfáltica da Rua Antônio Bizinelli, referente a conclusão da obra, em específico, tampas de bueiros, calçadas e demais acabamentos necessários.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_no_0124-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_no_0124-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada análise da estrutura já existente e possível ampliação com duas salas da aula da Escola Tertuliano de Almeida Faria na comunidade do Emboque.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_no_0125-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_no_0125-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a instalação de Parquinho Infantil e academia ao ar Livre no condomínio Terra Nova.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no_0126-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no_0126-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a instalação de Parquinho Infantil na comunidade das Tamareiras.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_0127-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_0127-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo cercar a área do Parquinho do bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no_0128-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no_0128-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a realização de estudo técnico para verificar a necessidade/viabilidade do estacionamento regulamentado, quais as áreas a serem implementadas, viabilidade de terceirização na operação e impacto na revisão do plano diretor em função dos reflexos que esta regulamentação causará no potencial construtivo do município, tais como número de pavimentos, área detestada, recuos, dentre outros.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_0129-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_0129-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo um estudo e planejamento para a aquisição de um terreno e após construção de uma área de lazer na Vila Prohmann.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no_0130-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no_0130-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo entrar em contato com o D.E.R do nosso município para pedir a implantação de acostamentos na PR-151 na entrada da comunidade de São Miguel da Roseira, na altura da Igreja da Congregação Cristã no Brasil São Miguel da Roseira.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_0131-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_0131-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo o reparo do Mata-burro na comunidade do Pontilhão nas proximidades da residência do Luiz Pacheco.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no_0132-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no_0132-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feita a manutenção da Estrada Rural que liga a comunidade do Turvo de Cima, Borrachão e Caitá.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no_0133-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no_0133-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja feita a manutenção da Estrada Rural que liga as comunidades de Monjolos, Papuã, Dois Irmãos, Estiva dos Vidal e Estiva dos Muchalak.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no_0134-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no_0134-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a construção de um espaço de lazer e práticas esportivas na comunidade do Faxinal dos Elias e Caitá.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_0135-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_0135-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a construção de um espaço de lazer e práticas esportivas nas comunidades de Cambará e Aliança Velha.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_0136-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_0136-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja construído o mais rápido possível novas salas de aula na Escola Municipal Anastácia Kimita de Paula na localidade do Lageado.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_no_0137-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_no_0137-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada medidas urgentes junto aos órgãos competentes do Estado, A fim de que seja realizada políticas públicas em cooperação técnica junto à Secretaria de Segurança Pública do Estado do Paraná, tendo em vista medidas de combate ao uso de drogas (quaisquer espécies), regulamentação e fiscalização de comércio ambulante, maior rigor na fiscalização de jogos de azar e prostituição que ocorrem nos espaços públicos. Especialmente, na praça da rodoviária, rua do Mathe, Chimarródromo e Praça do Iguaçu.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feito uma cerca, mesmo que seja de arame liso ou farpado, no terreno ao lado do CMEI das Tamareiras.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_no_0139-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_no_0139-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja construído um abrigo para pessoas aguardar o ônibus na comunidade do Lageado as margens da rodovia PR-151, km 472, no sentido ao Centro de São Mateus do Sul, em frente ao comercial Sampaio.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_0140-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_0140-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a implantação de uma lombada na Rua Ney A. de Barros Braga nas proximidades do número 221.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_0141-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_0141-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo o Patrolamento e empedramento da Estrada Rural do Rio das Pedras. O ponto de referência inicial seria: logo após passar pelo Túnel e virar a 1ª esquerda em sentido Rio das Pedras começaria a manutenção da estrada, passando pelo campo de futebol do Palmeiras até chegar à Estrada Principal.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_no_0142-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_no_0142-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo o reparo do Mata-burro, comunidade do Emboque, nas proximidades da propriedade do Senhor Jair Javorski.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_0143-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_0143-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a pavimentação da Rua Rodolfo Wolff, entre a BR-476 e a Rua Ulisses Faria, e da Rua Regina Tomasi de Almeida, entre a Rua Ulisses Faria e a Rua João Betega.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_0144-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_0144-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar patrolamento, empedramento e alargamento das estradas da comunidade do Rosas, cito como referência a estrada do Vicional.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_0145-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_0145-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal, sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada manutenção no semáforo da Avenida Ozy Mendonça de Lima com a Rua Theodoro Toppel.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_0146-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_0146-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizado Projeto para reforma e melhorias nas Instituições de Ensino: Colégio Estadual Duque de Caxias - Centro; Colégio Estadual Professora Zuleide Samways Portes, dualidade administrativa com a Escola Municipal Durval Wolff do Amaral - Vila Bom Jesus.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_0147-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_0147-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a Instalação de Semáforo na Rua Guilherme Kantor com a Rua Ulisses Faria, esquina empresa Nalmaq.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_0148-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_0148-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a instalação de Parquinho Infantil na comunidade da Usina Velha.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_0149-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_0149-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção da Rua Ney Aminthas de Barros Braga, Vila Amaral.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_no_0150-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_no_0150-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpada do poste ao lado da Loja Sebem na Rua Dom Pedro II.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_no_0151-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_no_0151-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpada na Rua Dom Pedro II em frente à casa número 1330.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_no_0152-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_no_0152-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpada na Rua Dom Pedro II em frente a casa número 1295.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_no_0153-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_no_0153-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpada na BR-476 área urbana, poste em frente à empresa Atual Ambiente Planejado, no outro lado como referência estádio municipal.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_no_0154-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_no_0154-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de bueiro localizado na Rua Antônio Bizinelli em frente ao número 2093.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_no_0155-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_no_0155-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de bueiro localizado na Rua Antônio Bizinelli em frente ao número 1213.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_no_0156-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_no_0156-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpadas dos dois postes localizados em frente à Igreja da Colônia Iguaçú.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_no_0157-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_no_0157-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção da Estrada Rural da Colônia Iguaçu desde o trecho da BR-476, passando a Olaria Zampier sentido emboque.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_no_0158-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_no_0158-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja criado um programa municipal de apoio a cultura, no sentido de beneficiar trabalhadores do setor de cultura e eventos da cidade, com o pagamento de um valor a ser definido pela prefeitura.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_no_0159-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_no_0159-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja criado um programa municipal de apoio a mulher vítima de violência doméstica, oferecendo assistência as mulheres vítimas de violência, prostituição ou risco pessoal e social, contando ainda com ações de atendimento em saúde, psicologia, apoio jurídico e atividades profissionalizantes e educativas. Essas ações deverão orientar o resgate da autoestima feminina e o combate à exclusão social.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_no_0160-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_no_0160-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental que através das Secretarias competentes possa ser realizada valoração do imóvel anexo a Escola Municipal Odemira Cunha (foto anexa), localizado na Vila Amaral, para que seja realizada a aquisição do mesmo.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_no_0161-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_no_0161-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feita a manutenção de 03 (três) Estradas Rurais Secundárias da comunidade do Caitá, os pontos de referências são as seguintes: 1-estrada principal sentido a propriedade do Jamil Pereira (última casa); 2-estrada principal sentido a propriedade do Ademar Santana (última casa); 3-estrada principal sentido a propriedade da Família Santana (última casa).</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_no_0162-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_no_0162-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feita a manutenção de estrada rural que faz ligação entre a comunidade do Lageado ao Cambará (bacia hidrográfica).</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_no_0163-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_no_0163-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feita a manutenção de estrada rural que faz ligação entre a comunidade do Porto Ribeiro à São Miguel da Roseira (popular estrada da chapada).</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_no_0165-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_no_0165-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja feito o trabalho de limpeza e manutenção dos cemitérios desativados nas comunidades de Caitá e Porto Ribeiro.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_no_0166-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_no_0166-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja direcionado ao D.E.R pedido para que seja implantado um redutor de velocidade na rodovia PR-151, KM-452, precisamente em frente ao comercial Sampaio.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_no_0167-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_no_0167-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da estrada da Imbuiona, próximo ao Parque de Exposição.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_no_0168-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_no_0168-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a possibilidade do município aderir ao Programa "Meu Campinho" oferecido pelo Governo do Estado do Paraná para a implantação do projeto na comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_no_0169-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_no_0169-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da estrada na comunidade do Santana.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_0170-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_0170-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a reforma da antiga Escola Municipal do Paiol Grande, atualmente é usado pela Pastoral da criança, pela Igreja que utiliza o espaço para dar aula de catequese e para as ações beneficentes da comunidade.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_0171-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_0171-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja retomada o incentivo ao desenvolvimento de Incubadoras Tecnológicas localizada na comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_0172-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_0172-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a ampliação do espaço de estacionamento na rua do Cemitério Municipal na Rua Altino Ferreira de Lima, próximo ao número 1156.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_0173-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_0173-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da Estrada Secundária na comunidade do Rio das Pedras B. Ponto de referência é passando a Igreja virar à esquerda, seguindo até a comunidade do Rosas e a comunidade Colônia Cachoeira.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_0174-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_0174-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental que através das Secretarias competentes possa ser realizado estudo e posterior análise para planejamento e adequação com calçadas na Rua Prefeito Leonardo Staniszewski, entrada da Vila Americana.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_0175-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_0175-2021.pdf</t>
   </si>
   <si>
     <t>Seja concedida a revisão geral anual aos servidores públicos efetivos da Câmara Municipal referente ao período de 2020/2021, acumulado de abril de 2020 a março de 2021, índice IPCA.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_0176-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_0176-2021.pdf</t>
   </si>
   <si>
     <t>Ao Presidente da Mesa Diretora e a Prefeita Municipal sugerindo que seja aumentada a margem de empréstimo consignado dos agentes públicos do Município para 35% tendo por finalidade a adequação à Lei Federal nº 14.131/2021 na qual amplia em 5% o limite para a contratação por servidores públicos ativos e inativos, militares, aposentados e pensionistas do Instituto Nacional do Seguro Social (INSS) com base no valor do benefício.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no_0177-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no_0177-2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Prefeita Municipal que seja ampliada a colocação de câmeras de segurança em locais como: Praça do Rio Iguaçu, Rua do Mathe, Praça da Rodoviária, Praça da Igreja Matriz São Mateus e alguns pontos específicos a ser estudado pela autoridade competente nos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no_0178-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no_0178-2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Prefeita Municipal entrar em contato com a empresa responsável pela extração de areias e pedregulhos na comunidade do Manduri solicitando a colocação de redutores de velocidades e a necessidade de molhar a estrada para reduzir a poeira causadas pela passagem dos veículos pesados, próximas as residências dos moradores.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo através da parceria MUNICÍPIO/COHAPAR a construção de novas casas populares na comunidade Tamareiras.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no_0180-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no_0180-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a cobrança a empresa SANEPAR para que seja efetuado um levantamento de custo para Instalação de rede de água para a comunidade da ÁGUA SUJA em São Mateus do Sul-PR.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no_0181-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no_0181-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo apoio do setor competente para verificação de invasão de terrenos nas comunidades da Usina Velha e Vila Bom Jesus.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no_0182-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no_0182-2021.pdf</t>
   </si>
   <si>
     <t>Requer que os membros da comissão de Obras e Serviços Públicos dessa casa de Leis se manifestem através de audiência pública para tratarmos sobre instalação de energia elétrica em pequenas propriedades rurais, estendendo o convite para o Deputado Estadual Emerson Bacil, Executivo municipal, representante regional da COPEL e Ministério Público.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no_0183-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no_0183-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que entre em contato com o Departamento Nacional de Infraestrutura de Transportes (DNIT) para pedir providências a respeito da implantação de um redutor de velocidade, placas de sinalização de entrada e saída de veículos e placa de sinalização da velocidade máxima permitida na BR-476 nas proximidades da entrada para a empresa Cerâmica Zampier.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_0184-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_0184-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a aquisição de um terreno para a construção de uma Capela Mortuária na Vila Bom Jesus.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no_0185-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no_0185-2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Secretaria Municipal de Meio Ambiente, com a anuência da Prefeita Municipal, a criação de um plano municipal de gestão e monitoramento da exploração de poços profundos, bem como seja informando a esta Casa de Leis se existe algum estudo a respeito do assunto.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no_0186-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no_0186-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a melhoria da Escola do Turvo de Baixo, tais como: realizar pinturas, reparos de janelas, aumentar a altura do muro dos fundos e demais melhorias sugeridas pela Diretora da Escola.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no_0187-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no_0187-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a manutenção da estrada rural conhecida como "Pé de galinha" sentido Monjolos.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no_0188-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no_0188-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a implantação de um parquinho no terreno da antiga Escola Municipal da comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no_0189-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no_0189-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a manutenção o patrolamento de todas as ruas do Bairro Prohmann e Bairro Pinheirinho, compreendendo entre a Rua Ozy Mendonça de Lima e a Rua Tenente Max Wolff Filho (estrada velha).</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no_0190-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no_0190-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a construção de área de lazer no bairro da Palmeirinha.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no_0191-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no_0191-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar o levantamento todas as pontes do município para averiguar as reais condições de cada ponte e que seja tomada as providências que julgar pertinentes. Além disso, sugere-se catalogar as pontes com todas as informações relevantes para os munícipes poderem consultar.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no_0192-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no_0192-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo a perfuração de poços artesianos e as ligações na comunidade de São Miguel da Roseira.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no_0193-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no_0193-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja tomada as providências que julgar pertinente, sugerindo ao Executivo Municipal encaminhar um ofício ao Dep. Fed. Toninho Wandscheer "pedindo/requerendo" uma emenda para revitalização do Parque de Exposição.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a implantação de uma lombada na Rua Santo Antônio na Vila Bom Jesus, nas proximidades do número 850.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a manutenção da Rua Augusto Tararan no Centro, entre a Rua Dom Pedro II e a Rua Deodoro Toppel.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo ao Executivo Municipal encaminhar um ofício ao Deputado Federal Valdir Rossoni solicitando recurso à Associação de Pais e Amigos dos Excepcionais de São Mateus do Sul (APAE SMS).</t>
   </si>
@@ -2253,6099 +2253,6099 @@
   <si>
     <t>447</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Seja oficiada a prefeita municipal que cobre da secretaria de obras a avaliação e um possível apoio para manutenção de bueiro para morador na localidade do Papuã.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Seja oficiada a prefeita municipal que solicite avaliação de comprar de terreno no bairro Vila Nepomuceno com o intuito de realizar mais projetos de habitação na comunidade, parceria município e COHAPAR.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/471/indicacao_no_0223-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/471/indicacao_no_0223-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a manutenção da Estrada Secundária da comunidade do Lageado. O Ponto de referência seria: a estrada secundária começa no Colégio Estadual do Lageado até a proximidade da propriedade do Sr. Joaquim Soares da Silva.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/470/indicacao_no_224.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/470/indicacao_no_224.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar patrolamento e empedramento nas localidades de Anta Ruiva e Colônia Roseira.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no_0225-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no_0225-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a implantação de lombadas nas proximidades da Escola Municipal do Emboque e do posto de Saúde na comunidade do Emboque. Além disso, instalar placas de sinalizações de lombadas.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no_0226-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no_0226-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Rio da Areia.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no_0227-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no_0227-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar desentupimento de bueiros e proteções laterais na estrada principal da Colônia Cachoeira.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no_0228-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no_0228-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a reforma da antiga Escola Municipal do Rio das Pedras, atualmente é usado pela Igreja que utiliza o espaço para dar aula de catequese e para as ações beneficentes da comunidade e da Associação de Agricultores.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no_0229-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no_0229-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada instalação de “CÂMERAS DE SEGURANÇA” no Cemitério Municipal.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no_0230-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no_0230-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa ser realizada a manutenção do PARQUINHO anexo ao Ginásio de Esportes Orizontina Brandão Zimmermann (Vila Amaral).</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_231.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_231.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo estudo de revitalização das Rua David de Paula Silva, Rua Prefeito Evaldo Gaensly e Rua Rodolfo Wolf.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no_0232-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no_0232-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a limpeza e manutenção das calçadas, e pintura do meio fio da Rua Prefeito Evaldo Gaensly.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no_0233-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no_0233-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a criação de um Comitê Municipal de Iniciativas de Apoio a Start-ups e Empreendedores das Plataformas Digitais de São Mateus do Sul.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no_0234-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no_0234-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a construção de uma faixa de pedestres elevada na Rua 21 de Setembro, entre a Praça do Mathe e Padaria Kosinski.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no_0235-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no_0235-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a criação de projeto de lei que estabeleça a necessidade de colocação de pulseira e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/463/indicacao_no_0236-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/463/indicacao_no_0236-2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a secretaria municipal de obras solicitando a manutenção do guarda corpo da ponte da Usina Velha sentido fazendo Maria Izabel.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Valter Przywitowski, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_no_0237-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_no_0237-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a realização de serviços de tapa-buracos nas seguintes ruas do município:_x000D_
 (1) Rua Barão do Rio Branco, entre a Rua Ulisses Farias e a Rua Dom Pedro II;_x000D_
 (2) Rua Ney Amintas de Barros Braga – Vila Amaral.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_no_0238-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_no_0238-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo reparos e trocas de lâmpadas na iluminação pública na comunidade de Turvo de Baixo.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Valter Przywitowski, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/466/indicacao_no_0239-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/466/indicacao_no_0239-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das seguintes estradas da comunidade do Espigãozinho:_x000D_
  Estrada da fazenda Leão Júnior sentido comunidade de Porto feliz;_x000D_
  Estrada sentido Rio Velho;_x000D_
  Estrada sentido Colônia dos Veados;_x000D_
  Estrada sentido família dos Castro.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_no_0240-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_no_0240-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a limpeza do córrego entre a Rua Ulisses Farias e a BR-476.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_0241-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_0241-2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a elaboração de projeto de lei ou em inclusão no Decreto Municipal, a fim de reconhecer a prática de educação física como essencial ao Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_242.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_242.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo colocação de Placas de identificação constando os nomes de todas as Praças do município.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_243.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_243.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a limpeza do Rio Canoas entre as Ruas Ivan Ulbrich até a Rua Prefeito Evaldo Gaensly</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_244.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_244.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Fartura do Pontinga.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_245.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_245.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a recuperação da lombada na Rua Vereador Tadeu Novakowski nas proximidades do número 805.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_246.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_246.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar as condições do asfalto após a obra da Empresa CIM, prestadora de serviços da Sanepar em nosso município e avaliar a possibilidade de notificação a empresa, para que se manifeste quanto aos danos causados na pavimentação da Rua Ivan Ulbrich, cito como referência as frentes das residências de nos 1030 e 1050 e extensão da via.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_247.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_247.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de fazer uma lombada na Rua João Toporowicz próximo a ponte que escoa água do Lago Sul no Loteamento São Joaquim.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_248.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_248.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, avaliando a possibilidade de se criar um contrato para a manutenção das academias ao Ar Livre e os parques infantis do município.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_249.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_249.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Sra. Fernanda Garcia Sardanha, Digníssima Prefeita Municipal, a destinação de um playground para ser colocado na Vila Americana, também que seja cercada a praça e colocada uma academia da terceira idade.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no_250.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no_250.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Sra. Fernanda Garcia Sardanha, Digníssima Prefeita Municipal, a destinação de um playground para ser colocado na Usina Velha.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_251.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_251.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo estudo de aquisição de um terreno de aproximadamente 1.000 (mil) m² atrás da Escola da Água Branca para a construção de um ginásio de esporte, tendo em vista que já foi liberado o recurso.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_252.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_252.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a instalação de iluminação pública nas proximidades da propriedade onde tem a estufa de produção de verduras hidropônicas rua na comunidade do Paiol Grande. Além disso, poderia estender para toda a extensão da rua a instalação de iluminação, conforme a Figura em anexo indicando a localização.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no_253.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no_253.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo de instalação de iluminação pública na Rua Antônio Bizinelli na Colônia Iguaçu, entre a Rua dos Imigrante até a BR-476.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_254.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_254.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de aumentar a parte da rotatória da Rua Barão do Rio Branco nas margens do Rio Iguaçu e mudar as réguas do nível de água.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_255.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_255.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja analisada a possibilidade de celebração de convênio com o SESI-SENAI, visando a criação de cursos de formação técnica e qualificação na modalidade continuada, nas áreas da indústria, comércio e do agronegócio, para pessoas que se enquadrem no cadastro único de condição socioeconômica.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no_256.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no_256.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja feita limpeza, pinturas de faixas e serviços de roçadas nas seguintes ruas: Rua João Toporowicz, Rua Ulisses Faria (parte que compreende o bairro São Joaquim) e Rua Paranaguá no distrito industrial.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_257.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_257.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja feita a manutenção em 05 mata burros_x000D_
 na localidade do Lageado com as seguintes referências:_x000D_
 Em frente à entrada da fazenda rota, segue a esquerda da PR-151 sentido Lajeado (estrada secundária), saindo próximo armazém do Jéca. São 03 (três) mata burros nessa estrada;_x000D_
 Estrada sentido antiga igreja Deus é amor, próximo casa do senhor Olando Barros Walter; _x000D_
 Entrada ao lado PR-151 sentido casa do senhor Odilon Walter, sentido antiga igreja Deus é amor.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_258.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_258.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja feito um estudo junto a secretaria competente para ver possibilidade de fazer pista de caminhada ao redor do campo de futebol do bairro Americana.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_259.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_259.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que seja revitalizada e ampliada a praça situada na rua Pedro Effco no bairro Vila Boaski.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_260.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_260.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja feito reparos necessários na rua Pedro Effco, entre as ruas Ozy Mendonça de Lima e Tenente Max Wollf Filho.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_261.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_261.2021.pdf</t>
   </si>
   <si>
     <t>O vereador signatário, com assento nesta Casa Legislativa e no uso da atribuição que lhe confere o artigo 120 do Regimento Interno, solicita à Vossa Excelência que seja submetida a presente INDICAÇÃO para apreciação do Plenário e, se aprovada, que seja remetido ofício a Sra. Prefeita Municipal, indicando-a que seja analisada a possibilidade de realização de estudos para fins de se proceder com a Regularização Fundiária Urbana – REURB, dos núcleos urbanos informais consolidados no município de São Mateus do Sul/PR, com base na Lei Federal nº 13.465/17.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_262.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_262.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um poço artesiano na comunidade da Fazendinha.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no_263.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no_263.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo para a implantação de um parquinho para as crianças se divertirem e brincarem na comunidade Fazendinha.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_264.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_264.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a reforma geral do posto de saúde da comunidade Fartura do Potinga.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_265.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_265.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua José Caetano Ferreira Junior na Vila Nova e, além do mais, os moradores sugeriram a colocação de (02) dois pontos de iluminação pública no final da referida rua.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_266.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_266.2021.pdf</t>
   </si>
   <si>
     <t>Solicita a secretaria de Obras que inclua com urgência no Planejamento, as manutenções das estradas da Fartura e Barra do Potinga.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_267.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_267.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Deputado Emerson Bacil, solicitando através de emenda Parlamentar o recurso no valor de R$ 85.000,00 (oitenta e cindo mil reais), para a manutenção do posto de saúde da comunidade do Cambará.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_268.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_268.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Deputado Emerson Bacil, solicitando através de emenda Parlamentar o recurso no valor de R$ 150.000,00 (cento e cinquenta mil reais), para a manutenção do posto de saúde da Barra do Potinga.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_269.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_269.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de instalar placa orientativa de Preferencial na Rua Olívio Wolff do Amaral, no cruzamento das Ruas Rodolfo Von Linsinger e Olívio Wolff do Amaral, na Vila Amaral.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_no_270.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_no_270.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo sejam realizados cursos e/ou capacitações, através do Município, para a função de doulas.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_no_271.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_no_271.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que a secretaria competente faça a análise e se julgar correta esta indicação, que seja colocado redutores de velocidade na Estrada Principal da comunidade do Paiol Grande sentido Dois Irmãos/Tijuco Preto, nas seguintes mediações:_x000D_
 Passando campo de futebol do Costebel, próximo a propriedade do Sr. Jorge Wrublewski;_x000D_
 Próximo das residências das famílias Cechinatto (próximo ao rio que corta a estrada).</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_no_272.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_no_272.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, para que a secretaria competente faça a análise e se julgar correta esta indicação, que seja colocado redutores de velocidade nos seguintes locais:_x000D_
 Rua Barão do Rio Branco, entre as ruas Joaquim Ferreira Guimarães e Ivan Ulbrich;_x000D_
 Rua João Gabriel Martins, próximo com a Rua Pedro Janoski;_x000D_
 Rua Pedro Ignaszewski próximo à casa número 1375;_x000D_
 Rua Pref. José Zampier Filho entre as ruas Pedro Efco e Joaquim Ferreira de Lima;_x000D_
 Estrada principal da Comunidade do Lageado, próximo casa do senhor Ozir Walter.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/552/indicacao_no_273.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/552/indicacao_no_273.2021.pdf</t>
   </si>
   <si>
     <t>ser encaminhada à Prefeita Municipal, que seja feita a manutenção com maior brevidade possível nas ruas do bairro Palmeirinha, região próximo ao centro esportivo Sawe.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/553/indicacao_no_274.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/553/indicacao_no_274.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da vala na comunidade do Paiol Grade nas proximidades da propriedade do Sr. Floriano Kiatcoske. A vala foi bloqueada devido ao desmoronamento de terra e está ocorrendo vazamento de água para a estrada.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_no_275.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_no_275.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Paiol da Barra Feia, sentido a gruta, até a PR-281.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no_276.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no_276.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Tijuco Preto.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no_277.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no_277.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando para que a secretaria de obras inclua no planejamento das atividades a manutenção das Rua Carlos Miecznikowski, Pedro Ignacheski, Ivan Ulbrich, todas transversais próximas ao colégio Integral no Bairro Vila Prohman, e que possa ser avaliado a manutenção dos bueiros presentes nessas ruas.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no_278.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no_278.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a colocação de iluminação pública na comunidade da vargem grande, trecho do Bar e Mercearia do Beto até a antiga escola (estrada ao lado da BR), da antiga escola até a igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no_279.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no_279.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a colocação de iluminação pública na rua João Gabriel Martins, quadra de acesso ao condomínio Padovani.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_280.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_280.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a colocação de Placas de identificação com o nome das ruas no condomínio Padovani.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_281.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_281.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção dos bueiros da Rua João Bergzwoski na Vila Verde.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_282.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_282.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária da Vargem Grande ao lado do restaurante do Tigrão ou em frente a antiga escola da Vargem Grande.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_283.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_283.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo de instalação de iluminação pública na comunidade do Rio das Pedras B e na comunidade do Emboque.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_284.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_284.2021.pdf</t>
   </si>
   <si>
     <t>A  ser encaminhada à Prefeita Municipal sugerindo um estudo de instalação de iluminação pública na comunidade do Lageadinho.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_285.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_285.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Prefeita Municipal sugerindo a manutenção do bueiro na comunidade do Rio das Pedras B, nas proximidades do antigo Bar do Mario Ferreira.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no_286.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no_286.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de rua na proximidade da cooperativa Bom Jesus. O Ponto de referência seria a rua que passa pelo antigo campo de futebol Potiguar e liga com a Vila Amaral.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_287.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_287.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada Prefeita Municipal sugerindo a manutenção da Estrada Principal da comunidade Colônia Eufrosina.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no_288.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no_288.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua Lauro Severiano de Carvalho Ramos na Vila Verde.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_289.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_289.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar patrolamento e empedramento na localidade do Santana, estrada lateral do Posto Marin sentido Tesoura B.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_290.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_290.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a secretaria de obras para que inclua no planejamento das atividades a manutenção das ruas Otávio de Paula e Silva e Rua Miguel Musialaki no Bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no_291.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no_291.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a secretaria de obras para que inclua no planejamento de suas atividades a verificação de goteira no posto da comunidade do Pontilhão.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_292.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_292.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal para que através da secretaria competente, realize a poda de algumas árvores no terreno do posto de saúde do Emboque.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_293.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_293.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a secretaria de obras para que inclua no planejamento das atividades a verificação e manutenção da rua e dos bueiros entupidos na Rua Luciano Starosta, referência casa N° 31.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no_294.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no_294.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal para que através de Oficio, solicite ao DNIT a instalação de Radar ou redutor de velocidade na BR476, Km 278+300m entrada do Jardim São Joaquim.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_295.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_295.2021.pdf</t>
   </si>
   <si>
     <t>A  ser encaminhada à Prefeita Municipal, que seja feita a manutenção da Rua da Raia e da Rua John Kennedy, com motonivelamento, limpeza de bueiros e valetas, se possível colocar o material fresado nas ruas e compactação com o rolo compactador.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_296.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_296.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção do bueiro na comunidade do Passo do Meio. O bueiro fica numa estrada secundária nas proximidades da propriedade do Sr. Julio Wypych.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Valter Przywitowski, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no_297.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no_297.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja tomada as providências que julgar pertinente, sugerindo que quando retornar a equipe de trabalho na estrada da comunidade da Anta Ruiva, mais precisamente na entrada próximo ao clube do bolinha, para que seja feito um bueiro para o escoamento da água que fica represada em um dos lados da estrada, bem como o excesso de terra junto a valeta já existente que impede a água ser canalizada.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no_298.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no_298.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja tomada as providências que julgar pertinente, sugerindo a retomada do roteiro do recolhimento de material reciclável em Flúviopolis, precisamente na vila ao lado do rio Iguaçu, próximo ao armazém do Chiquinho.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no_299.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no_299.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Exma. Sra. Prefeita Municipal, Fernanda G. Sardanha, sugerindo a aquisição de motocicletas a serem disponibilizadas as estratégias de saúde do nosso Município.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_300.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_300.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de fazer uma lombada elevada ou até mesmo um semáforo na esquina da Rua Guilherme Kantor com a Avenida Ulisses Farias.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_301.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_301.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 02 (duas) bocas de lobo entupidas na Rua Vinicius de Moraes na Vila Prohman, nas proximidades do número 1642 e do Mercado Padilha.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_302.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_302.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de uma academia ao ar livre na localidade antiga escola do Paiol Grande.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_303.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_303.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a elaboração do projeto da marginal na BR-476 desde o trevo do posto triângulo km 278, até o Hospital novo km 280. Incluindo no projeto as entradas e passarelas de acesso aos bairros Vila Americana e Vila Nepomuceno.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_304.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_304.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a edição da Lei nº 2.864, de 31 de julho de 2018, de doação de terreno para o Estado do Paraná, alterando o artigo de doação para contemplação do projeto Shopping da Polícia e não apenas para os Bombeiros.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_305.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_305.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a doação de terreno para o Estado do Paraná para construção da Delegacia Cidadã no município.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_307.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_307.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que seja realizado trabalho de manutenção na Rua Pedro Janoski no bairro da Vila Prohmann, bem como a abertura da rua para fazer a ligação com à Avenida Ozy Mendonça de Lima, compreendendo entre a Rua Barão do Rio Branco e a Rua Chico Mendes.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_308.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_308.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria de Industria, Comercio, Turismo, Ciência e Tecnologia, sugerindo que seja analisada a possibilidade de solicitar à Petrobras S/A – Unidade SIX – São Mateus do Sul/PR e eventuais empresas terceirizadas que vierem a ser contratadas para atuação na denominada “Parada 2021”, que se iniciará em novembro/2021, com o fim de priorizar a contratação de mão-de-obra proveniente deste Município.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no_309.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no_309.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja tomada as providências quanto a manutenção da estrada da comunidade de Rio da Areia, mais precisamente estrada que dá acesso as famílias Soares, Kotrich, Toporowski.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Irineu Lepinski Macuco, Jeciel Ferreira Franco, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_311.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_311.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo e projeto de pavimentação asfáltica da Rua Antônio Bizinelli a partir Avenida Iguaçu (Bairro da Vila Americana), sentido BR-476, totalizando aproximadamente 800 metros de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no_312.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no_312.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo o reparo e manutenção da cerca de proteção na Unidade de Saúde da Comunidade do Rosas.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_313.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_313.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de iluminação pública na Rua João Bettega entre a Cerâmica Pasquali e a COSAMAR.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_314.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_314.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de refazer o mata-burro localizado na estrada sentido ao Lageado, PR 151, entrando a direita em frente à entrada da Rota. Caminho conhecido como estrada dos Santana._x000D_
 Observação: Retirado</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/607/indicacao_no_315.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/607/indicacao_no_315.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária da comunidade do Turvo Barracas. O ponto de referência seria o caminho para a propriedade onde tem um barracão da família “Furman”, passando pela propriedade da família do Sr. Erasmo Chula, e seguindo em direção a estrada principal nas proximidades da Igreja Turvo Barracas.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_316.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_316.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a manutenção do Bueiro na estrada municipal em frente a casa da senhora Luana Gibowski na comunidade do Paiol da Barra Feia.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/609/indicacao_no_317.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/609/indicacao_no_317.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal para que seja feito o levantamento topográfico e elaboração de projeto na comunidade de Fluviópolis para solicitação de Pedra irregular para o trecho de 02 (dois) quilômetros, através do Deputado Emerson Bacil e a Secretaria de Agricultura, Pecuária e Abastecimento (SEAB), junto ao Secretário Norberto Ortigara.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_318.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_318.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando o estudo para implantação de lombadas na rua João Gabriel Martins.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_319.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_319.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a manutenção do trecho que dá acesso a empresa Micro Xisto, Ravato e toda área Industrial.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco, Jorge Wallace Manfroni</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/612/indicacao_no_320.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/612/indicacao_no_320.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a avaliação para o aumento da carga horária de 20 horas para 30 horas semanais dos servidores, profissionais de Fisioterapia do município, deixando o aumento fixo para até o período pós-pandemia.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/613/indicacao_no_321.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/613/indicacao_no_321.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Secretaria Municipal de Saúde que revise os cadastros das pessoas que tomaram a primeira dose da vacina contra o Covid-19, e não compareceram para tomar a segunda dose, e procure contatar referidas pessoas no sentido de que compareçam para tomar a segunda dose ou seja designado profissional para efetuar o deslocamento até a residência para a aplicação.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/614/indicacao_no_322.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/614/indicacao_no_322.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Digníssimo Prefeita Municipal, Fernanda Garcia Sardanha, que revise os valores pagos a título de diárias aos motoristas da Prefeitura Municipal que trabalham junto a Secretaria Municipal de Saúde, uma vez que o valor atual é insuficiente para o custeio das despesas dos mesmos durante os deslocamentos.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/618/indicacao_no_323.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/618/indicacao_no_323.2021.pdf</t>
   </si>
   <si>
     <t>ser encaminhada à Prefeita Municipal sugerindo reparos do parquinho e manutenção na Unidade de Saúde da comunidade Turvo Barracas, em que contemple as seguintes sugestões:_x000D_
 Reparo nos brinquedos do parquinho;_x000D_
 Reparo e limpeza da quadra esportiva, colocação de tabela, aro e redinha para a prática de Basquete;_x000D_
 Reparo nas tampas das fossas;_x000D_
 Reforma da cerca do postinho;_x000D_
 Reforma do postinho (pintura, trocar vidros, etc.)</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/619/indicacao_no_324.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/619/indicacao_no_324.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária na comunidade do Turvo de Baixo, nas proximidades da propriedade do Sr. Roberto Rulka.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/620/indicacao_no_325.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/620/indicacao_no_325.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de manilhas para o fechamento da valeta na Rua Evaldo Gaensly ao lado do CMEI da Vila Amaral.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/621/indicacao_no_326.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/621/indicacao_no_326.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de iluminação pública na comunidade Faxinal dos Ilheús, nas proximidades da propriedade do Sr. Ivonei Bueno.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/622/indicacao_no_327.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/622/indicacao_no_327.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária na comunidade do Emboque. O ponto de referência inicial seria a partir do Lava-Car, BR-476, nas proximidades da propriedade do Sr. Vicente Riske ou, também, a estrada secundária é conhecida como serra da linguiça.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/623/indicacao_no_328.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/623/indicacao_no_328.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada à Prefeita Municipal, solicitando ao Secretário de Indústria, Comércio, Turismo, Ciência e Tecnologia a elaboração do Projeto de lei de Incentivo ao Desenvolvimento Econômico do município.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/624/indicacao_no_329.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/624/indicacao_no_329.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e Secretaria do Meio Ambiente, que possa em conjunto executar trabalhos de limpeza e manutenção de bueiros ao longo do braço do rio canoas, bem como em toda sua extensão.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_no_330.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_no_330.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar patrolamento e empedramento da Rua Roberto Angewitz, Usina Velha.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_no_331.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_no_331.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das Estradas Rurais das comunidades do Estiva do Vidal e Mourão.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_no_332.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_no_332.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das Estradas Rurais, tanto a estrada principal quanto as estradas secundárias, da comunidade do Papuã.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_no_333.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_no_333.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja feita a devida manutenção nas cabeceiras das pontes que fazem divisa entre os municípios de São Mateus do Sul e Rebouças, na localidade do Caitá divisa com a comunidade do Rio Bonito.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_no_334.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_no_334.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado com maior brevidade possível a manutenção das estradas secundárias que dão acesso as seguintes famílias da comunidade rural da Divisa: Dione Oliveira, Sebastião Pauluk, Valdomiro Colaço, Silvio Pauluk, Ricardo Colaço, Cezar Colaço, Luiz José Colaço, Jean Oliveira</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_no_335.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_no_335.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja feita a manutenção no prédio da Escola Municipal Fernando Toppel na localidade do Caitá.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_no_336.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_no_336.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja feita a manutenção no estacionamento da Escola Municipal Fernando Toppel na localidade do Caitá.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_no_337.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_no_337.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja inserido no cronograma de trabalho a manutenção da Rua Davi Samways no bairro da Vila Nova, no final da referida rua.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_no_338.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_no_338.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal Que seja construído um mata burro na estrada principal entre as comunidades de Barra do Potinga a Fluviópolis (cruzo do D.E.R), precisamente onde se encontra o Portão.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_no_339.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_no_339.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para a implantação de um redutor de velocidade na rua Ledy Afonso Roderjan próximo à residência número 1127.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_no_340.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_no_340.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal solicitando o estudo para implantação de lombadas na Rua Vicente Skalski no bairro Vila Palmeirinha.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_no_341.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_no_341.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a manutenção da rua Ulisses Faria, bairro São Joaquim.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_no_342.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_no_342.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a manutenção e reforma do Centro Polônico CEPOM na Colônia Iguaçú.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_no_343.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_no_343.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a prefeitura Municipal, solicitando a construção do resto do muro em volta do colégio Pedro Efco na Vila Prohman.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_no_344.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_no_344.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar instalação de placas de sinalização (trânsito) e pintura de faixas na Rua São João, e demais vias sem sinalização da Vila Bom Jesus e Vila Nova.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_no_345.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_no_345.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de placa de identificação de rua na Rua Gerson Ary do Amaral Ferreira no Bairro da Vila Nepomuceno.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_no_346.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_no_346.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária rural na comunidade da Colônia Cachoeira II. O ponto de referência seria, aproximadamente, a 100 metros antes da empresa Baldo, conforme foto em anexo.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_no_347.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_no_347.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada ao Deputado Federal Nelsi Coguetto Maria (“Vermelho”) sugerindo um estudo de instalação de iluminação pública na BR-476 entre a Rua Rodolfo Wolf até a Rua Damásio Nepomuceno Pinto no município de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_no_348.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_no_348.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de redutores de velocidades e placas de identificação na estrada da comunidade dos Dois Irmãos nas proximidades do Mercado Jorginho.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_no_349.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_no_349.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a Pintura da escadaria que fica ao lado da Prefeitura Municipal e que seja feito a manutenção do calçamento da Rua Dom Pedro II.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_no_350.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_no_350.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja contemplado a comunidade do Cambará do Sul 2, próximo a igreja católica e após a residência do senhor Antônio Silveira com dois redutores de velocidade.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_no_351.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_no_351.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja feita a manutenção da estrada que liga as comunidades de Braço do Potinga, sentido Balsa de Paula Pereira e Braço do Potinga, até o Cruzo do D.E.R na comunidade de Fluviópolis.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_no_352.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_no_352.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja feita a devida manutenção nas cabeceiras do bueiro na estrada principal da estrada do Caitá, nas proximidades da casa do senhor Nelson Pereira. Construção de um novo bueiro na estrada principal sentido “estrada dos cabrito”. Novo bueiro na saída para Faxinal dos Elias descida da serra próximo ao mercado do senhor Dango. Bem como a limpeza de valetas nessas imediações citadas.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_no_353.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_no_353.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado trabalho de manutenção da ponte que faz divisa entre as comunidades de Vargem Grande e Pimenteira, refeita as cabeceiras dos bueiros da entrada da BR-476 sentido estrada principal da Vargem Grande (100 metros da rodovia), cabeceira do bueiro da estrada principal próximo residência do senhor “Cajulinha”.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_no_354.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_no_354.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja inserido no cronograma de trabalho a manutenção dos bueiros da Rua Casemiro Witkowski, entre a Rua Dr. Paulo Fortes ao Rio Canoas.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_no_355.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_no_355.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária rural na comunidade do Lageadinho, iniciaria a partir da Escola do Lajeadinho até a comunidade do Retiro.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_no_356.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_no_356.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a verificação das condições de todos os pontos de ônibus da zona rural, além disso, observar as condições das estruturas, coberturas, realizar a limpeza e readequações, se necessárias, nos pontos de ônibus.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_no_357.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_no_357.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente, que tome providências no sentido de instalar corrimãos nas laterais da escadaria do Cemitério da Colônia Taquaral.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_no_358.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_no_358.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de adequação na Praça Oito de Março (Ginásio Polacão), referente ao local onde estavam instalados os antigos Equipamentos de Musculação ao Ar Livre, pois foram retirados e os parafusos ficaram expostos, causando riscos aos munícipes que utilizam a Praça._x000D_
 Em tempo, sugiro que os equipamentos retirados tenham seu devido encaminhamento, não ficando amontoados.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_no_359.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_no_359.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a colocação de redutores de velocidades e placas de identificação na Rua João Toporowcz, aproximadamente, a 100 metros antes da Portaria da Incepa (sentido Vila Bom Jesus à Portaria da Incepa).</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_no_360.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_no_360.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja realizado trabalho de manutenção na estrada principal que liga as comunidades da Divisa até o Mico Magro.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_no_361.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_no_361.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que a secretaria competente faça a análise e se julgar correta esta indicação, que seja colocado redutor de velocidade na Rua Bernardo Amaral Wolff no bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_no_362.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_no_362.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria responsável para que seja inserido no cronograma de trabalho, que seja realizado a sinalização correta das lombadas na Rua Marcelo Janoski no bairro Nepomuceno, bem como normatizar a altura delas.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_no_363.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_no_363.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja inserido no cronograma de trabalho para que seja realizado a sinalização correta de placas de sinalizações, pinturas das faixas em todo o bairro Jardim Santa Cruz e Vila Verde.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_no_364.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_no_364.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria responsável para que seja inserido no cronograma de trabalho, para que seja realizado a sinalização correta de placas de sinalizações e pinturas das faixas em todo o bairro Palmeirinha.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_no_365.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_no_365.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria responsável para que seja inserido no cronograma de trabalho, para que seja realizado a sinalização correta de placas de sinalizações, pinturas das faixas em todo o bairro Americana.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_no_366.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_no_366.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria responsável para que seja inserido no cronograma de trabalho, para que seja realizado trabalho de manutenção nas estradas das comunidades da TESOURA A, TESOURA B e CAMBARÁ.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_no_367.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_no_367.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja realizado trabalho de manutenção nas estradas das comunidades da VARGEM GRANDE, LAGEADINHO, PIMENTEIRA.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_no_368.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_no_368.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal Que seja realizado trabalho de manutenção na estrada rural na comunidade do Mourão que no seu término acaba próximo a comunidade da Água Branca de Baixo, divisa com a comunidade da Ponte Preta, como as seguintes referências; moradores Jose Joelson Gordia Story, Airton Wenglarek, Celso Wenglarek e demais são produções agrícolas de grande proporção.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_no_369.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_no_369.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja feita a manutenção da estrada na comunidade do Papuã que tem como referência as famílias: Luiz Itzhaki, Valdinei Reclitski, Everton Julio Pereira dos Santos e Roberto Fernandes.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_no_370.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_no_370.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a secretaria competente para que seja analisada a possibilidade da colocação de um redutor de velocidade na comunidade de São Miguel da Roseira, na estrada junto a igreja católica, sentido Tesoura / Pedra Branca, na proximidade da residência do senhor Divo e senhora Rose.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_no_371.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_no_371.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a continuação de pista de caminhada da saída da BR-476 até a Rua Francisco de Paula e Silva no bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_no_372.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_no_372.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a manutenção da estrada do Santana, passando a Igreja na curva próxima estrada a direita antes da ponte do Rio Santana.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_373.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_373.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de implantar redutores de velocidades (lombadas) e placa de sinalizações na estrada principal da Colônia Cachoeira e estrada de saída para o Rio das Pedras, conforme fotos em anexo. A segunda opção seria realizar um estudo de colocação de placa de preferencial nessa interseção para os veículos acessarem a estrada principal da Colônia Cachoeira.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_no_374.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_no_374.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a instalação de iluminação pública nas proximidades da “cozinha comunitária” da comunidade do Emboque.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_no_375.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_no_375.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Rua Guararapes, próximo ao Hospital Novo que está sendo construído, e a manutenção da tampa do bueiro, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_376.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_376.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária ao lado da empresa Jel Fértil na comunidade Vargem Grande.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_377.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_377.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária que liga comunidade do Emboque até a comunidade do Rosas.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_378.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_378.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada na comunidade da Vargem Grande. A estrada inicia-se logo após a igreja da Vargem Grande, sentido Sawe Parque Aquático, até a comunidade do Retiro.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_379.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_379.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que entre em contato com a Copel para verificar a viabilidade de implantação de iluminação pública na PR-364 no trecho entre o CEPE-Petrobras até subestação da Copel.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_380.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_380.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária que se inicia nas proximidades do Cemitério da Água Branca e retorna na PR-151, conforme figura em anexa. Além disso, realizar a manutenção de bueiro na mesma estrada da Comunidade Água Branca.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_381.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_381.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo estudo para fazer uma cobertura para a Feira do Produtor na Rua Dom Pedro II, entre a Rua João Gabriel Martins e a Rua Barão do Rio Branco, a fim de os feirantes não precisar montar e desmontar as barracas.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_382.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_382.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a manutenção da estrada do Espigãozinho até a divisa com o município de São João do triunfo.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_383.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_383.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja contemplado à comunidade Palmito redutor de velocidade, próximo ao mercado do senhor Orlei Cézar e nas mediações da residência do senhor Cassio Sampaio.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_384.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_384.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja contemplado à comunidade do Porto Ribeiro, próximo ao mercado São Rafael, com redutor de velocidade.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_385.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_385.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal que seja contemplado à comunidade do Porto Ribeiro, Lajeado e Palmito com placas de sinalização de trânsito nos seguintes locais:_x000D_
 Palmito: trincheira próxima a igreja católica, entrada na PR 151 sentido à igreja;_x000D_
 Lajeado: trincheira estrada principal, sentido ao Porto Ribeiro, próximo à residência do senhor Anibal Sampaio. Saída e estrada da família Cechinatto._x000D_
 Porto Ribeiro:_x000D_
  Trincheira estrada principal, próximo ao posto saúde;_x000D_
  Trincheira próximo a família do Sr. João Madzgalla;_x000D_
  Trincheira próximo ao antigo posto telefônico;_x000D_
  Trincheira próximo à sede da ervateira Baronesa;_x000D_
  Trincheira estrada principal, sentido fazenda Água branca, estrada antigo mato burro, sentido a estrada principal;_x000D_
  Trincheira, estrada Mandassaia, próximo família do Sr. Sintio Kruchewski.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_386.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_386.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja feita a manutenção da Rua Antônio Bizinelli, nos trechos compreendido a partir da entrada do bairro Americana até a BR-476. Ainda nesse ano, foi realizada a manutenção do atual trecho, entretanto se faz necessário novamente a sua manutenção.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_387.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_387.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal adquira imóvel na região próximo as mediações do Clube União Vila Prohmann para que seja construído, em um futuro próximo, uma nova ÁREA DE LAZER E PARA PRÁTICA DE ESPORTES.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_388.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_388.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o executivo municipal adquira imóvel na região próximo as mediações do Clube União Vila Prohmann, para que seja construído no futuro próximo um novo CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL (CRECHE).</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_389.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_389.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o executivo municipal adquira imóvel na região próximo as mediações do Clube União Vila Prohmann, para que seja construído em um futuro próximo uma nova área escolar.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_no_390.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_no_390.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o executivo municipal adquira imóvel na região próximo as mediações do Clube União Vila Prohmann para que seja construído em um futuro próximo uma UBS – UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_no_391.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_no_391.2021.pdf</t>
   </si>
   <si>
     <t>Convidar o Conselho Tutelar a fim de divulgar os seus trabalhos, o papel do conselho tutelar, as suas atribuições, as diversas ações que foram impactantes, explanar sobre as maiores dificuldades e desafios enfrentados nessa época de pandemia e a evolução da representação social perante a comunidade de São Mateus do Sul.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_no_392.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_no_392.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Principal que liga a comunidade do Burrinho até a comunidade do Caitá.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_no_393.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_no_393.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo de pavimentação asfálticas das seguintes ruas no Bairro Jardim Dona Hermínia:_x000D_
 Rua Alberto Schramm (toda a extensão da rua);_x000D_
 Rua Dom Pedro II (entre a Rua Sete de Setembro a BR-476);_x000D_
 Rua Sete de Setembro (entre a Rua Theodoro Toppel até a Rua Dom Pedro II);_x000D_
 Rua Pedro Ignaszewski ((entre a Rua Sete de Setembro a BR-476).</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_no_394.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_no_394.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de lombada na Rua Pedro Ignaszewski entre a Rua Altíno Pereira de Lima e a Rua João Betega.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_no_395.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_no_395.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de iluminação pública e realizar serviços de podas de árvores na Rua Luciano Stencel entre a Rua Dr. Paulo Forte e a Rua Eduardo Sprada.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_no_396.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_no_396.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da lombada na Rua Dr. Paulo Forte nas proximidades do hospital, conforme foto em anexa.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_no_397.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_no_397.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a designação de uma reunião com os gerentes das operadores de telefonia móveis, a fim de tratar sobre a ampliação de cobertura de rede nas localidades do Taquaral e Imbuiona bem como nas áreas rurais ainda não atingidas pela cobertura de rede.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_no_398.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_no_398.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção do banco do ponto de ônibus na frente da Escola Pedro Effco no Bairro Vila Prohmann.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_no_399.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_no_399.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de lombada na Rua Estanislau Budzinski no Bairro Vila Amaral nas proximidades do moinho do Paulinho.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_no_401.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_no_401.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a manutenção de lâmpada dos postes na rua dos evangélicos na Vila Americana em frente às residências número 3 e número 9.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_no_402.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_no_402.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo a avaliação Técnica para a Instalação de redutor de velocidade (lombada) na rua Vicente Scalski- Vila Palmeirinha.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_no_403.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_no_403.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de fazer a canalização da rede de água pluvial na Vila Amaral no encontro das ruas Ney Amintas de Barros Braga e Antônio Bizinelli, conforme as fotos em anexas.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_no_404.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_no_404.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo seja instalada iluminação pública no início da Rua José Caetano Ferreira, na Vila Amaral, próximo ao estabelecimento Mariano Atacadista.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_no_405.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_no_405.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo provisoriamente a reforma e posterior colocação de novo Ponto de Ônibus na Rua Rodolfo Wolf, em frente ao Auto Posto G-Max.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_no_406.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_no_406.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo sejam instaladas lixeiras na Rua Evaldo Gaensly, próximo ao Estádio Municipal, na Vila Amaral.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_no_407.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_no_407.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo que intervenha junto ao DNIT – Departamento Nacional de Infraestrutura de Transportes, para a colocação de tachões na Rua Evaldo Gaensly próximo a bifurcação que faz com a Rua Rodolfo Wolf, na Vila Amaral.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_no_408.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_no_408.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo de viabilidade para a compra do terreno ao lado do CMEI Criança Feliz na Vila Amaral e, além disso, realizar a manutenção das calçadas.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_no_409.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_no_409.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a proibição de estacionamento em um dos lados da Rua São Cristóvão, na Vila Americana, efetuando a colocação de placas e pintura de faixa amarela.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_no_410.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_no_410.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a colocação de placas e pinturas nas lombadas situadas na Rua João Toporowcz na Vila Bom Jesus.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_no_411.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_no_411.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a colocação de placas e pinturas na lombada situada na Rua Prefeito Leonardo Staniszewski na Vila Americana.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_no_412.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_no_412.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, sugerindo a colocação de placas e pinturas na lombada situada na Avenida Iguaçu na Vila Americana.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_no_413.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_no_413.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada do Rio do Meio.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_no_414.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_no_414.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo a limpeza de entulho na Rua José Janoski no bairro Jardim Santa Cruz, junto com a execução de limpeza das valas e bueiros para melhoria de drenagem de água na rua em dias chuvosos.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_no_415.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_no_415.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal sugerindo o projeto e execução de pavimentação da Rua Dr. Paulo Fortes, trecho da Rua 21 de Setembro até o Pronto Atendimento.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_no_416.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_no_416.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção do bueiro na comunidade do Faxinal do Elias nas proximidades da propriedade do Laercio Palinski.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_no_417.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_no_417.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção do bueiro na comunidade do Colônia Cachoeira nas proximidades da propriedade do Juca Broca.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_no_418.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_no_418.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção do bueiro na comunidade do Tijuco Preto nas proximidades da propriedade do Ivo da Luz.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_no_419.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_no_419.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada na comunidade do Tijuco Preto até Turvo Barracas.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_no_420.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_no_420.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal, dentro do seu planejamento e orçamento, possa colocar como prioridade na construção de Galeria/Ponte de concreto no Rio Maria Joana na localidade de Porto Ribeiro, interior do nosso município.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_no_421.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_no_421.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, que seja incluído na programação de trabalho da Secretaria de Obras Públicas do nosso município, para que seja efetuada a manutenção total da estrada que faz a ligação entre as comunidades do Lageadinho a Aliança Velha.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_no_422.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_no_422.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal, dentro do seu planejamento e orçamento, possa colocar como prioridade a construção de Galeria / Ponte de concreto no rio Arroio Barra Feia, na localidade de Paiol da Barra Feia, interior do nosso município.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_no_423.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_no_423.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal, dentro do seu planejamento e orçamento, para que o executivo municipal dentro do planejamento da secretaria responsável possa fazer a substituição de tubos de concreto quebrados na Rua Flavio Amaral Wolf, no bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_no_424.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_no_424.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Meio Ambiente, Secretaria de Obras Públicas, Procuradoria Municipal, Jurídico Municipal e Secretaria de Administração. Para que seja criado um programa de ação para fazer mapeamento, cadastramento, regularização de documentos, perpétuas de todos os cemitérios municipais que não estão sobre cuidados legais do município, seja cemitérios ativos como da comunidade do Turvo de Baixo, Caitá, São Miguel da Roseira, Divisa, Agua Branca, Passo do Meio, Fluviópolis. Também os cemitérios inativos, em especial os chamados cemitérios dos anjos, refere-se aos sepultamentos de crianças feitos no passado, como também, atualizações dos terrenos, atualização cadastral, plano de manutenção e melhorias.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_no_426.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_no_426.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Dignissima Prefeita Municipal, Fernanda Sardanha, que limite o estacionamento de veiculos na Rua João Bettega, em frente a APAE, permitindo que o mesmo ocorra somente em um dos lados da via, sinalizando o local da proibição de estacionamento nos dois lados.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_no_427.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_no_427.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria de Obras e responsáveis para que seja realizado com maior brevidade possível a manutenção da Estrada Secundária na comunidade de Turvo de baixo que dá acesso as famílias: Sr. Dinarte, Sr. Daniel Rulka, Sra. Alfredina Neck, Sra. Sirlei Neck, Sr. Cione, Sr. Nilson Cordeiro e a Sra. Isa Wenglarek.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_no_428.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_no_428.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e responsáveis para que, dentro do planejamento da secretaria responsável, possa realizar a colocação de um volume maior de areia na quadra de esportes da praça do Bairro Americana.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_no_429.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_no_429.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e responsáveis para que, dentro do planejamento da secretaria responsável, possa fazer a pintura e bloca de placas de identificação de lombadas na Rua Pedro Turek, bairro São Joaquim em São Mateus do Sul.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_no_430.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_no_430.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e responsáveis para que seja contemplado na comunidade de São Miguel da Roseira, Porto Ribeiro, Lajeado, Fazenda Água Branca e Palmito com placas de sinalização de identificação das comunidades como indicação de sentido as demais.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_no_431.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_no_431.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de iluminação pública nas proximidades do Parque de Exposição, conforme as fotos em anexos.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_no_432.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_no_432.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de redutor de velocidade (lombada) e placas de sinalizações na comunidade do Paiol Grande nas proximidades da propriedade do senhor Rogério Fiatcoski.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_no_433.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_no_433.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de redutor de velocidade (lombada) e placas de sinalizações na comunidade Dois Irmãos nas proximidades da propriedade do senhor Constante Buaski.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_no_434.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_no_434.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 03 (três) bueiros na comunidade Rio das Pedras. Os pontos de referências são: 02 (dois) bueiros próximos a mina da Petrobras e 01 (um) bueiro próximo ao campo de futebol do Rio das Pedras.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_no_435.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_no_435.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 01 (um) bueiro na comunidade Paiol Grande nas proximidades da propriedade do senhor “Fernando Arraschesk”.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 01 (um) bueiro na comunidade Faxinal do Iheús nas proximidades do senhor Geraldo Ribeiro.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_no_437.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_no_437.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras para que seja construídos redutores de velocidade na estrada as esquerdas depois do cemitério, sentido pista de ARRANCADÃO, trecho de aproximadamente 01 km na comunidade de São Miguel da Roseira.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_no_438.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_no_438.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a secretaria de obras solicitando com urgência a limpeza da vala da rua Tadeu Novakoski no Bairro Jardim Santa Cruz, desde a frente da residência 941 até a frente da casa 1037.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_no_440.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_no_440.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Digníssima Prefeita Municipal, Fernanda Sardanha, que efetue a manutenção da estrada rural municipal localizada entre as comunidades de Gruta e Pontilhão, com início/término há aproximadamente 200 (duzentos) metros do Barracão do “Dico”, Sr. João Armando Haiduk e início/término na estrada principal da localidade de Pontilhão, ligando as comunidades em um trecho de 3 (três) km.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_no_441.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_no_441.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de:_x000D_
 Realização de diagnóstico dos picos de atendimento no Pronto Atendimento Municipal, para incluir mais médicos e equipes de enfermagem nas escalas; _x000D_
 Que sejam avaliados os picos de atendimentos nas Unidades Básicas de Saúde e no Ambulatório Central, para que possa ser realizado planejamento adequado de atendimentos; Que o diretor de saúde realize acompanhamento dos tempos de espera dos atendimentos e, que, mensalmente emita relatório à Secretária de Saúde, para providências que se fizerem necessárias, garantindo atendimento respeitando a razoabilidade do tempo de espera;_x000D_
 Que seja incluído em todas as Unidades de Saúde, avaliação do atendimento e, que, seja emitido relatório mensal, para providências que se fizerem necessárias. Que seja elaborado Protocolo Municipal de Atendimento</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/indicacao_no_442.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/indicacao_no_442.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Rural Secundária na comunidade da Colônia G, nas proximidades da Colônia Eufrosina.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/indicacao_no_443.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/indicacao_no_443.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Rural Secundária na comunidade Anta Ruiva, conforme imagem em anexo.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_no_444.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_no_444.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de travessia elevada e sinalização na frente do Colégio Estadual Duque de Caxias para auxiliar na segurança dos estudantes.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_no_445.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_no_445.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a recolocação da lombada Rua Ten. Max Wolf Filho nas proximidades do nº 2080, pois foi removida retirada da lombada pelo maquinário após a manutenção da rua.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_no_446.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_no_446.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de iluminação pública a 800 metros do Parque de exposição na comunidade Colônia Taquaral, conforme a imagem em anexa.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_no_447.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_no_447.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um ponto de ônibus e um redutor de velocidade (lombada) na Estrada do Borrachão. O ponto de referência seria: após a placa de indicação da comunidade do Burrinho, seguir por mais 02 quilômetros.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_no_448.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_no_448.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um parquinho e colocação de alambrado na Associação de Moradores na Vila Buaski.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_no_449.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_no_449.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e responsáveis para que, dentro do planejamento da secretaria responsável, possa fazer instalação de um abrigo para passageiros na comunidade de Porto Ribeiro, interior de nosso município, nas proximidades da residência do senhor Joao Madzgalla junto a estrada principal.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_no_450.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_no_450.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, Secretaria de Obras e responsáveis para que, dentro do planejamento da secretaria responsável, possa recolher entulhos situado na rua Barão do Rio Branco, esquina com a rua Casemiro Witekowski. Como também na própria rua Casemiro Witekowski compreendendo a Barão do Rio Branco com a rua Nivaldo de Paula e Silva.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_no_451.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_no_451.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado com maior brevidade possível a manutenção da estrada secundária que liga as comunidades de Faxinal dos Ilhéus, saída PR-151, à comunidade de Água Branca, estrada popularmente conhecida com estrada três boiadeiros, interior de nossa cidade.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_no_452.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_no_452.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que o executivo municipal dentro do planejamento da secretaria responsável realizar trabalho de manutenção nas estradas da comunidade da Colônia Taquaral, nas mediações do parque municipal de exposições.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_no_453.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_no_453.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja contemplado a comunidade de Rio das Pedras, Rosas, Turvo de Baixo, Turvo Barracas, Caitá, Fazendinha e Faxinal Dos Elias com placas de sinalização de identificação das comunidades como indicação de sentido as demais.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_no_454.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_no_454.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a secretaria de obras solicitando a manutenção do Trevo que dá acesso ao bairro Vila Americana, vendo a possibilidade de realizar a pintura do mesmo com a cor Amarela.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_no_455.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_no_455.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a secretaria de obras solicitando a pintura do meio fio da cor amarela, destacando a proibição de estacionar ao lado direito de todo trecho em frente ao campo de futebol do Bairro vila Americana.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_no_456.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_no_456.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Prefeita Municipal solicitando de um novo parquinho infantil para a praça da Vila americana, cercando o espaço com tela alambrado.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_no_457.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_no_457.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Prefeita Municipal solicitando um novo parquinho infantil para a comunidade da Vila Amaral presente ao lado do ginásio de esportes, cercando o espaço com tela alambrado.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/indicacao_no_458.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/indicacao_no_458.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a secretaria de obras, solicitando a implantação de lombada na Rua Engenheiro Joaquim Pereira de Lima, bairro Vila Pinheirinho, referência para estudo próximo a residência 420.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/indicacao_no_459.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/indicacao_no_459.2021.pdf</t>
   </si>
   <si>
     <t>O vereador signatário, com assento nesta Casa Legislativa e no uso da atribuição que lhe confere o artigo 120 do Regimento Interno, solicita à Vossa Excelência que seja submetida a presente INDICAÇÃO para apreciação do Plenário e, se aprovada, que seja remetido ofício a Sra. Prefeita Municipal, com o intuito de se proceder com estudos sobre a viabilidade de instalação de melhorias no âmbito das unidades básicas, ambulatórios, Pronto Atendimento do município de São Mateus do Sul/PR</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/indicacao_no_460.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/indicacao_no_460.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal para que seja executado um ‘’MULTIRÃO” para execução de consultas, exames e cirurgias atrasados no município.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/indicacao_no_461.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/indicacao_no_461.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal solicitando a instalação de tabelas de basquete e a iluminação na quadra esportiva do colégio da Estiva.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_no_462.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_no_462.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal solicitando o aumento de atendimento médico no posto de saúde na comunidade da Estiva.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_no_463.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_no_463.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Prefeita Municipal solicitando a volta das aulas municipais no colégio da Estiva.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_no_464.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_no_464.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo o estudo de implantação de calçamento na frente do CMEI Idalina Furtado Guimarães Ulbrich no Parque das Tamareiras.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_no_465.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_no_465.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo entrar em contato com a Copel a fim de verificar a possibilidade da implantação de iluminação na BR-476 nos trechos a partir da Rua David Felipe de Meira em sentido à PRF e outra no sentido à Agroxisto Cerealista.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_no_466.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_no_466.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a fim de que a Secretaria de Industria, Comercio, Ciência e Tecnologia bem como a Procuradoria Municipal proceda a análise e viabilidade de encaminhar ao Poder Legislativo o Projeto de Lei que autorize o Chefe do Poder Executivo a conceder direito real de uso e doação de bem imóvel para futuras instalações de empreendimentos industriais. Para tanto segue em anexo o anteprojeto de lei.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_no_467.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_no_467.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 01 (um) bueiro na comunidade do Espigãozinho nas proximidades da Fazenda Leão Junior e propriedade do Sr. Pedro Ducati.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_no_468.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_no_468.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo realizar podas de árvores localizados na Rua Ivan Ulbrich nas proximidades da creche da antiga Integral.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_no_469.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_no_469.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal solicitando a compra de um terreno, em regime de urgência, para a implantação de condomínio de idosos. O projeto foi aprovado pela COHAPAR em tratativas em que envolveram o Presidente da COHAPAR, Jorge Lange, o Deputado Estadual Alexandre Curi e os Vereadores que subscrevem.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_no_470.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_no_470.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal dentro do planejamento da secretaria responsável possa fazer instalação de um abrigo para passageiros na comunidade de Porto Ribeiro, interior de nosso município, nas proximidades da residência do senhor Joao Madzgalla junto a estrada principal.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_no_471.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_no_471.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que as secretarias responsáveis possam colocar no seu cronograma de trabalho como prioridade a construção de novos banheiros na Escola Municipal do Campo João Baptista Distéfano na comunidade rural da Divisa. Sendo dois masculinos, dois femininos e um adaptado para pessoas com necessidades especiais adequado para crianças em média de 4 a 6 anos de idade.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_no_472.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_no_472.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que as secretarias responsáveis possam colocar no seu cronograma de trabalho como prioridade a substituição da caixa d’água no cemitério da comunidade da Divisa, por uma com maior litragem para armazenamento.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_no_473.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_no_473.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo que seja feito um trabalho paliativo de limpeza na praça central do Bairro Americana.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_no_474.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_no_474.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja analisado junto à secretaria competente a possibilidade de implantação de redutores de velocidade nas seguintes ruas:_x000D_
 a) Rua Pedro Effco, nas proximidades do número 2389, bairro Canoas;_x000D_
 b) Rua Vicente Skalski, nas proximidades do número 478, bairro Palmeirinha;_x000D_
 c) Na extensão da Rua Estanislau Budzinski - Bairro Vila Amaral.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_no_475.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_no_475.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a Secretaria de Obras e responsáveis para que seja realizado com maior brevidade possível a manutenção das estradas que dão acessos as famílias do Sr. Wanderson Antônio Oliveira, Sr. Antônio Vieira Javorski, Sra. Margarida Roseli de Oliveira, Sr. Abrahão Domingues, Sr. Antônio Eraldo Welke e Sr. João Welke na comunidade rural da Divisa.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_no_476.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_no_476.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar o correto e necessário serviço de limpeza dos canteiros centrais, bem como demais espaços que se façam necessários.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_no_477.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_no_477.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar a manutenção das estradas da Comunidade do Espigãozinho.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_no_478.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_no_478.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar a manutenção das estradas da Comunidade da Estiva dos Muchalak até o Paiol Grande.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_no_479.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_no_479.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar a manutenção das estradas entre Tesoura A, Tesoura B e Cambará.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_no_480.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_no_480.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de redutores de velocidade na Rua Guilherme Kantor entre a Rua Theodoro Toppel e a Rua Paulino Vaz da Silva.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Jackson Felipe Silva Machado de Lima</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_no_481.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_no_481.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção das estradas da Comunidade do Papuã.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_no_482.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_no_482.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 01 (um) bueiro na comunidade do Espigãozinho nas proximidades do Bar do Eco.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_no_483.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_no_483.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar patrolamento bem como empedramento na Rua José Caetano Ferreira Junior e rua secundária da Colônia Cachoeira.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_no_484.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_no_484.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de colocar manilhas na Rua Luis Fioravante esquina com a Rua Ney Amintas de Barros Braga, e a outra solicitação seria a colocação de tampas em boca de lobos na Rua Luis Fioravante esquina com a Emílio Prohmann na Vila Amaral.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_no_485.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_no_485.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 03 (três) bueiros na comunidade Dois Irmãos, nas proximidades da igreja.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_no_486.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_no_486.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da lixeira nas proximidades da antiga escola na comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_no_487.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_no_487.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar a pintura de todas as faixas de pedestres das vias de nosso Município e, nos locais que não tem, que sejam implantadas faixas para travessia. Após a pintura e implantação, que seja criado, idealizado e realizado de forma efetiva, através das Secretarias competentes, um programa para sensibilizar a população em geral, quanto a travessia na faixa de pedestres e o respeito por parte dos demais.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_no_488.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_no_488.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um novo ponto de ônibus, conforme a especificação e padronização municipal, na comunidade do Rio da Areia. O ponto de referência seria quase no final da linha do ponto do ônibus.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_no_489.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_no_489.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da estrada rural nas proximidades da propriedade do Durgo, estrada da Fazenda Maria Izabel no município de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_no_490.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_no_490.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria responsável para que possam fazer instalação de um abrigo para passageiros na comunidade de Lageado, interior de nosso município, nas proximidades da residência do senhor Marcelo Polak, junto a estrada principal.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_no_491.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_no_491.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria responsável para que possam colocar no seu cronograma de trabalho com a prioridade para ser construído abrigo entre a o corpo estrutural da escola até o portão de chegada e saída dos alunos e colaboradores na Escola Municipal do Campo João Baptista Distéfano, na comunidade rural da Divisa.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_no_492.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_no_492.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria responsável para que possam fazer a instalação de um abrigo para passageiros na comunidade do Palmito, interior de nosso município, nas proximidades da residência do senhor Sebastião Soares Rodrigues, junto a estrada principal.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_no_493.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_no_493.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Secretaria Municipal de Meio Ambiente para que realize a limpeza e destinação final das podas das árvores feita pela Copel, no calçamento em frente ao campo do Bairro da Vila Americana.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_no_494.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_no_494.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Secretaria Municipal de Obras e a Secretaria de Meio Ambiente para que seja feito a limpeza de entulhos na comunidade da Vila Nova, especificadamente esquina do ginásio de esportes e que seja implantado no local, placa de identificação com a frase PROIBIDO JOGAR LIXO.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_no_495.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_no_495.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja encaminhado um ofício ao Deputado Federal TONINHO Wandscheer para que seja disponibilizado emendas parlamentares para pavimentação asfáltica na comunidade do Lageado, sentido comunidades do Palmito e Porto Ribeiro.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Jeciel Ferreira Franco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_no_496.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_no_496.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal e a Secretaria Municipal de Obras para realizar uma avaliação técnica no muro localizado na comunidade das Tamareiras, principalmente, após o desabamento do muro.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_no_497.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_no_497.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a limpeza e recolhimentos dos lixos dos cemitérios das comunidades do Taquaral e São Miguel da Roseira.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_no_498.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_no_498.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de Estrada Rural Secundária na comunidade da Terra Vermelha, nas proximidades da antiga Escola Municipal.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_no_499.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_no_499.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Rural Secundária na comunidade do Santana. O ponto de referência seria antes da Igreja entrar à esquerda.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_no_500.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_no_500.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental que, através das Secretarias competentes possa verificar a possibilidade de realizar a manutenção no asfalto da Rua Antônio Bizinelli. O ponto de referência é a subida passando a ponte, sentido Tamareiras.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Enéas Jeferson Melnisk, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_no_501.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_no_501.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um novo ponto de ônibus, conforme a especificação e padronização municipal, na comunidade do Paiol Grande. O ponto de referência seria próximo ao número 3900.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_no_502.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_no_502.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de um parquinho para as crianças na comunidade Rio das Pedras.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_no_503.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_no_503.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de Estrada Rural Secundária conhecida como “Serralheria Velha” na comunidade Faxinal do Ilhéus.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_no_504.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_no_504.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal através desta indicação para que o Executivo avalie dentro da legalidade um apoio emergencial para o Clube União Vila Prohmann.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_no_505.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_no_505.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras para que seja instalado iluminação em frente ao Posto de Saúde do bairro Vila Americana e em frente à igreja católica do bairro.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_no_506.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_no_506.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Meio Ambiente para que seja instalado lixeiras próximas ao campo de futebol do bairro Vila Americana e também próximo a Associação de Moradores.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_no_507.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_no_507.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras solicitando, a inclusão no planejamento das atividades, a manutenção com recape asfáltico de todas as ruas e trechos que apresentam buracos e desgaste do asfalto no bairro Vila Americana.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_no_508.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_no_508.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de um bueiro na comunidade Terra Vermelha nas proximidades da Igreja.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_no_509.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_no_509.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de 03 (três) bueiros na comunidade do Rio das Pedras, nos seguintes pontos de referênciais:_x000D_
 a) 02 (dois) bueiros nas proximidades da propriedade do Sr. Jorge Buaski;_x000D_
 b) 01 (um) bueiro na proximidade da propriedade do Sr. Marco Oroski.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_no_510.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_no_510.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que o Executivo Municipal dentro do planejamento da Secretaria responsável possa fazer instalação de um abrigo para passageiros na comunidade de interior de Faxinal dos Elias em nosso município, nas proximidades da residência do senhor Laertes Wisniewski, junto a estrada principal.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_no_511.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_no_511.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, a secretaria de obras e responsáveis para que seja realizado com maior brevidade possível a manutenção da estrada rural localizada na comunidade do Paiol da Barra Feia, estrada essa que fica ao lado da Gruta que faz ligação com a Colônia III, conhecida também como saída para as famílias dos Stanski.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_no_512.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_no_512.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal solicitando, que a mesma, oficialize o DER pedindo um estudo de um possível acordo junto com o Governo do Estado para poder melhorar a entrada da área industrial do nosso município com pavimentação, trecho da PR-151.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_no_513.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_no_513.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras para que inclua no planejamento de suas atividades a mudança do ponto de ônibus presente na Av. Iguaçú Vila americana.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_no_514.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_no_514.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, as secretarias responsáveis para que seja implantado poços artesianos com caixas d’águas nas comunidades de: PALMITO, LAGEADO, EMBOQUE, TESOURA e ESTIVA DO VIDAL.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_no_515.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_no_515.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, as Secretarias responsáveis, para que possa executar a manutenção de abrigo de espera dos alunos na comunidade de Faxinal dos Elias, situado juntamente a estrada principal, sentido estrada da pedreira em Turvo de Baixo. _x000D_
 A segunda situação refere-se a mudança de local do abrigo, atualmente instalado nas proximidades da residência do senhor Aroldo Mendonça, para ser deslocado até a proximidade da propriedade do(a) senhor(a) Toninho/Eva, próximo a 200 metros de onde se encontra.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_no_516.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_no_516.2021.pdf</t>
   </si>
   <si>
     <t>Solicita o apoio da Prefeita Municipal e Secretaria de Obras para que seja dado apoio a associação de moradores da Vila Americana para a limpeza (roçada) da área de estacionamento da associação.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_no_517.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_no_517.2021.pdf</t>
   </si>
   <si>
     <t>Solicita o apoio da Prefeita Municipal e Secretaria de Obras para que seja realizado o término da manutenção da estrada da microbacia na comunidade do Mico Magro.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_no_518.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_no_518.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar o recolhimento de todos os galhos de árvores que foram podados pela Copel.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_no_519.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_no_519.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, que através das Secretarias competentes possa verificar a possibilidade de realizar melhorias na Praça do Parque das Tamareiras, Jasna Góra (se lê Yasna Gura), sendo:_x000D_
 a) Instalação de novos bancos, se possível, dois;_x000D_
 b) Instalação de Lixeira, se possível, uma lixeira.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_no_520.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_no_520.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar empedramento e patrolamento da Estrada na localidade do Emboque nas proximidades da propriedade do Sr. Oslei Rafael Ziemer Glinski.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_no_521.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_no_521.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção ou a implantação de um novo Ponto de ônibus, conforme as especificações e padronizações municipais, na comunidade do Emboque, nas proximidades da propriedade do Sr. Silvio Gomes.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_no_522.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_no_522.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo para a implantação de iluminação pública na Rua dos Imigrantes no Bairro Vila Americana.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_no_523.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_no_523.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo um estudo para a implantação de iluminação pública na comunidade Colônia Cachoeira.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_no_524.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_no_524.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria responsável para realizar avaliação e possível limpeza do terreno municipal atrás do campo de futebol da Vila Americana. O mesmo poderá ser utilizado como estacionamento em dias de jogos, melhorando o fluxo do tráfego.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_no_525.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_no_525.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal para que haja o debate amplo com a comunidade da Vila Americana antes de realizar investimentos que não sejam os básicos no bairro, atendendo e conhecendo assim os anseios dos moradores do Vila Americana e dando total transparência aos assuntos e projetos que se darão no bairro.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_no_527.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_no_527.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal, para que coloque no seu planejamento de investimentos e melhoria, a instalação de um parque infantil na comunidade da Vila Palmeirinha.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_528.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_528.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras para que seja feito a manutenção da estrada municipal atrás da Polícia Rodoviária que inicia no bairro Palmeirinha e encerra na Comunidade da Tesoura.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_no_529.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_no_529.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Obras para que seja feito a manutenção da estrada da Tesoura, trecho que inicia antes da Igreja Assembleia de Deus seguindo o trecho que se encontra em péssimas condições.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_no_530.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_no_530.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Meio Ambiente para que seja instalado no caminhão de coleta de lixo reciclável, um sistema de som (Sirene, Sino) com o intuito de chamar a atenção dos munícipes no momento em que o caminhão estiver passando. Também para que seja melhorado a divulgação nas mídias escritas e faladas, o trabalho de educação ambiental sobre a importância da reciclagem e da separação dos resíduos.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_no_531.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_no_531.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja novamente implantado o CONSELHO MUNICIPAL DE POLÍTICAS SOBRE DROGAS (COMPOD) no município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_no_532.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_no_532.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeitura Municipal solicitando a colocação de iluminação pública na comunidade da Vargem Grande, no trecho próximo à Igreja Católica sentido comunidade da Pimenteira, como também, sentido Parque Aquático Sawe.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_no_533.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_no_533.2021.pdf</t>
   </si>
   <si>
     <t>Em decorrência da necessidade de desenvolvermos iniciativas para a melhora dos índices de saúde e lazer em nosso município, venho solicitar na inclusão do planejamento do Executivo Municipal e Secretarias responsáveis, a viabilidade de implantar academias ao ar livre juntamente com um parque infantil nas comunidades de São Miguel da Roseira, Lageado, Divisa e Porto Ribeiro.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_no_534.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_no_534.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção e limpeza da vala ou valeta no local conhecido com Beco do Barbosa na Vila Amaral.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_no_535.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_no_535.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de instalar lixeiras com tampa na entrada da localidade do Emboque.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_no_536.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_no_536.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de construir um ponto de ônibus na BR 476, entrada da Comunidade de Anta Ruiva.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_no_537.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_no_537.2021.pdf</t>
   </si>
   <si>
     <t>A ser enviada ao Secretário Estadual de Infraestrutura e Logística do Estado do Paraná, Deputado Sandro Alex Cruz de Oliveira, através de ofício, solicitando a realização de projetos de acostamento e terceira faixa, e posterior execução, na rodovia PR 151 (São Mateus do Sul – Ponta Grossa).</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_no_538.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_no_538.2021.pdf</t>
   </si>
   <si>
     <t>A ser enviada ao Secretário Estadual de Infraestrutura e Logística do Estado do Paraná, Deputado Sandro Alex Cruz de Oliveira, através de ofício, solicitando a realização de projetos de acostamento e terceira faixa, e posterior execução, na rodovia PR 364 (São Mateus do Sul – Três Barras).</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_539.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_539.2021.pdf</t>
   </si>
   <si>
     <t>A ser enviada ao Secretário Estadual de Infraestrutura e Logística do Estado do Paraná, Deputado Sandro Alex Cruz de Oliveira, através de ofício, solicitando a realização de projetos de asfaltamento com acostamento e terceira faixa, e posterior execução, na rodovia PR 281 – Entre Fluviópolis (São Mateus do Sul) e Rio Claro do Sul (Mallet).</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_no_540.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_no_540.2021.pdf</t>
   </si>
   <si>
     <t>Diante da busca de melhorar a qualidade de vida dos nossos munícipes, em especial aos que vivem na área rural, venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretaria responsável, para a inclusão e a implantação da ESTRATEGIA DE SAÚDE DA FAMILIA (ESF), NA COMUNIDADE DO LAGEADO. Onde será o ponto central para atender as comunidades de Palmito, Porto Ribeiro, Divisa e Fazenda Água Branca.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_no_541.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_no_541.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhado ao Presidente da Câmara sugerindo convidar a São-Mateuense Kelli Daiane Musial que está participando do Concurso de Receitas do programa Caminhos do Campo e está representando o município com a sua deliciosa Cuca Cremosa de Uva.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_no_542.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_no_542.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de realizar uma lombada elevada na Rua Luiz Damaso Santos Lima esquina com Rua Dr. Paulo Fortes, Centro.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_no_543.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_no_543.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a revogação da Lei Municipal n°. 2.2013 que destinou o imóvel do Município de São Mateus do Sul para que fosse construída a futura sede do Poder Legislativo Municipal. Solicito ainda que caso o projeto seja enviado a essa Casa Legislativa e caso aprovado que o presente imóvel sirva de instalações para a construção de uma Unidade de Saúde relacionada a política pública para as mulheres através da futura criação do Programa Mãe São-Mateunse.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_no_544.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_no_544.2021.pdf</t>
   </si>
   <si>
     <t>Diante da busca de melhorar a qualidade de vida dos nossos munícipes, em especial aos que vivem na área rural, venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretaria responsável, para a inclusão e a implantação da ESTRATEGIA DE SAÚDE DA FAMILIA (ESF), NA COMUNIDADE DO LAJEADINHO. Onde será o ponto central para atender as comunidades de Arroio da Cruz, Cambará, Vargem Grande, Retiro, e Terra Vermelha.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_no_545.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_no_545.2021.pdf</t>
   </si>
   <si>
     <t>Em decorrência da necessidade de desenvolvermos iniciativas para a melhora dos índices de saúde e lazer em nosso município, venho solicitar na inclusão do planejamento do Executivo Municipal e Secretarias responsáveis, a viabilidade de implantar academias ao ar livre juntamente com um parque infantil nas comunidades de Rio das Pedras, Fazendinha, Turvo de Baixo, Caitá, Faxinal dos Elias.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_no_546.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_no_546.2021.pdf</t>
   </si>
   <si>
     <t>Diante da busca de melhorar a segurança no local, venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e secretaria responsável, para que o responsável pelo parque de lazer e de diversões da praça matriz realize o fechamento dos portões do mesmo, nas quartas-feiras já no início da noite.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_no_547.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_no_547.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção da Estrada Secundária nas proximidades da Ervateira Morandi na comunidade do Paiol Grande.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_no_548.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_no_548.2021.pdf</t>
   </si>
   <si>
     <t>Diante da busca de melhorar a segurança no local, venho a essa casa de leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretaria responsável, para a execução dentro do planejamento para instalação de novas iluminações nas seguintes áreas: Chimarródromo, Praça da Igreja Matriz São Mateus, Parque infantil da Praça Matriz e Praça do Rio Iguaçu.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_549.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_549.2021.pdf</t>
   </si>
   <si>
     <t>Pensando no bem-estar dos nossos munícipes e contribuintes, pensando no bem-estar dos nossos colaboradores, pensando no bem do patrimônio público. Venho por meio das minhas atribuições legais, manifestar meu desejo que o Executivo Municipal e Secretarias responsáveis possa implantar cursos ou palestras de aperfeiçoamento de atendimento ao público, manutenção e uso corretos de equipamentos, relações públicas, gestão pública e tudo que vir a contribuir para que tenhamos um melhor desempenho dos serviços públicos.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_no_550.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_no_550.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a manutenção de um bueiro na comunidade do Faxinal do Elias, nas proximidades da propriedade da família Cordeiro.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_no_551.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_no_551.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Prefeita Municipal e a Secretaria de Meio Ambiente para que seja incluindo no planejamento das atividades o recolhimento dos entulhos (LIXOS, GALHOS DE ÁRVORES) acumulados nas ruas do bairro JARDIM SANTA CRUZ, PALMEIRINHA E VILA VERDE, juntamente com um trabalho de educação ambiental no bairro.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_no_552.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_no_552.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente que tome providências no sentido de construir duas lombadas na estrada do Lajeado.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_no_553.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_no_553.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a poda de galho de arvores nas proximidades das placas de trânsito nas ruas da Vila Prohrmann em especial na Rua Desembargador Joaquim Ferreira Guimarães</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_no_554.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_no_554.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a elaboração de projeto e consequente abertura de processo licitatório para aquisição de lâmpadas LED para melhor iluminação da área central do Municipio.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_no_555.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_no_555.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal sugerindo a implantação de 02 (duas) lombadas na estrada da comunidade do Paiol Grande. Os pontos de referências seriam nas proximidades do campo de futebol e nas proximidades do ponto de ônibus.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_no_556.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_no_556.2021.pdf</t>
   </si>
   <si>
     <t>Em decorrência da necessidade de desenvolvermos iniciativas para a melhora dos indices de saude e lazer em nosso municipio, venho solicitar na inclusão do planejamento do Executivo Municipal e Secretarias responsáveis, a viabilidade de implantar academias ao ar livre juntamente com um parque infantil nas comunidades de Cambará, Aliança Velha, Mico Magro.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_no_557.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_no_557.2021.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, dentro do planejamento da secretaria responsável, possa fazer a instalação ou construção de uma cobertura anexa a edificação dos postos de saúde das comunidades de TURVO BARRACAS, CAMBARA, LAJEADO e DIVISA para que em dias de grande movimentação ou em dias de chuvas ou ensolarados possa proteger os municipes enquanto esperam pelo atendimento.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_no_558.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_no_558.2021.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal dentro do planejamento da secretaria responsável possa fazer implantação de luz elétrica na rede pública na comunidade do PALMITO, zona rural do nosso municipio.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_no_559.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_no_559.2021.pdf</t>
   </si>
   <si>
     <t>Diante da busca de melhorar a qualidade de vida dos nossos municipes, em especial aos que vivem na área rural, venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretaria responsável, para a inclusão e a implantação da ESTRATEGIA DE SAÚDE DA FAMILIA (ESF), NA COMUNIDADE DO AGUA BRANCA. Onde será o ponto central para atender as comunidades de Agua Branca de Baixo, Espigãozinho e Faxinal do Ilhéus.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_no_560.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_no_560.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal com o fim de sugerir que o Poder Executivo implante estacionamento rotativo no centro da cidade em horário comercial (das 8 horas às 18 horas de segundas as sextas e aos sábados das 8 horas às 12 horas).</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_no_561.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_no_561.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada ao Executivo Municipal e secretaria responsável, indicando para que seja realizado estudos acerca da viabilidade de implantação de Guarda Municipal ou da Contratação de segurança patrimonial com viatura para deslocamento.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_no_562.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_no_562.2021.pdf</t>
   </si>
   <si>
     <t>DIANTE Da busca de melhorar a segurança pública municipal de nossa cidade, diante de procurar ações para a proteção em especial dos jovens e consequentemente o futuro da nosso cidade, venho a essa casa de leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretarias responsávels, indicando para que seja feito a solicitação a POLICIA MILITAR DO PARANÁ, em especial ao Batalhão de Policia Escolar e Comunitária - BPEC, a fim que eja deslocado, sempre que possivel em especial nas quartas-feiras, a viatura policial com seu efetivo para auxiliar suas atividades junto aos espaços públicos, em especial na Rua do Mathe, Praças Centrais e no Chimarródromo em nosso municipio.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_no_563.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_no_563.2021.pdf</t>
   </si>
   <si>
     <t>DIANTE Da busca de melhorar a segurança pública municipal de nossa cidade, diante de procurar ações para a proteção em especial dos jovens e consequentemente o futuro da nossa cidade, venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretarias responsáveis, indicando para que seja feito a solicitação de parceria com of CONSELHO TUTELAR DO NOSSO MUNICIPIO, bem como entrega da Indicação n° 565/2021, para que sejam CONVIDADOS(AS), sempre que possivel em especial nas quartas-feiras, a participar e realizar ações juntamente com as demais entidades junto aos espaços públicos, em especial, na rua do Mathe, Praças Centrais e no Chimarródromo, em nosso municipio.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_no_564.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_no_564.2021.pdf</t>
   </si>
   <si>
     <t>DIANTE da busca de melhorar a segurança pública municipal de nossa cidade, diante de procurar ações para a proteção em especial dos jovens e, consequentemente, o futuro da nosso cidade, venho a essa Casa de Leis solicitar a aprovação dessa Indicação para ser encaminhada ao Executivo Municipal e Secretarias responsáveis, indicando para que seja cedido espaço coberto, em especial na Rua do Mathe, as instituições parcerias, tais como: Batalhão de Polícia Escolar e Comunitária, Conselho Tutelar, Compod, Secretarias Municipais responsáveis do Poder Executivo e demais entidades. Além disso, disponibilizar materiais e tens de consumo necessários para dar condições de trabalho as entidades. A fim das entidades envolvidas possam desenvolver atividades de fiscalização e ações voltadas a caráter educativo e de repreensão em espaços públicos.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_no_565.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_no_565.2021.pdf</t>
   </si>
   <si>
     <t>DIANTE da busca de melhorar a segurança pública municipal de nossa cidade, diante de procurar ações para a proteção em especial dos jovens e consequentemente o futuro da nosso cidade. venho a essa Casa de Leis solicitar a aprovação dessa indicação para ser encaminhada ao Executivo Municipal e Secretarias responsáveis, indicando para que seja convidado as seguintes entidades; Batalhão de Policia Escolar e Comunitaria, Conselho Tutelar, Compod, Secretarias Municipais, Executivo Municipal, diretores(as) dos Colegios Estaduais e demais entidades que possam acrescentar com o debate para uma reunião junto à sede do Executivo Municipal para discutirmos sobre ações de segurança pública e de combate a ao evasão escolar, combate ao uso de drogas licitas e licitas em nosso municipio.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_no_566.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_no_566.2021.pdf</t>
   </si>
   <si>
     <t>Em decorrência da necessidade de desenvolvermos iniciativas para a melhora dos indices de saúde e lazer em nosso municipio, venho solicitar na inclusão do planejamento do Executivo Municipal e Secretarias responsáveis, a viabilidade de implantar academias ao ar livre juntamente com um parque infantil nas comunidades de Pontilhão, Passo do Meio, Fartura do Potinga e Braço do Potinga.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_no_567.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_no_567.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e para a Secretaria responsável posso colocar no seu plano de trabalho a manutenção e limpeza das galerias de aguas fluviais situado na extensão Rua David Felipe Meira no bairro Jardim Santa Cruz.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_no_568.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_no_568.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiada a Prefeita Municipal sugerindo na forma regimental, determinar ao setor competente tome providências no sentido de realizar patrolamento e empedramento da estrada secundaria do Faxinal dos Ilhéus.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_no_569.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_no_569.2021.pdf</t>
   </si>
   <si>
     <t>Sugere-se a Sra. Fernanda Garcia Sardanha, dignissima Prefeita Municipal, que instale uma rotatória e iluminação com energia solar na bifurcação que dá acesso ao burrinho, próximo a associação de moradores.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Valter Przywitowski, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/631/mocao_no_001.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/631/mocao_no_001.2021.pdf</t>
   </si>
   <si>
     <t>Aos familiares das vítimas do COVID-19 no Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/mocao_no_002.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/mocao_no_002.2021.pdf</t>
   </si>
   <si>
     <t>Iniciativa da Bancada Paranaense na Câmara dos Deputados e no Senado Federal (deputados federais e senadores paranaenses), coordenada pelo Deputado Federal Toninho Wandscheer (PROS), para a liberação de R$ 10 milhões em emenda impositiva para garantir a continuidade da pesquisa da vacina de Covid-19 na Universidade Federal do Paraná (UFPR).</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/632/mocao_no_003.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/632/mocao_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Iniciativa dos vereadores subscritores a MOÇÃO DE APLAUSO a Professora da Rede Municipal de Ensino, Olga Frankowski Graboski, pela competência, profissionalismo e dedicação com a Educação Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/mocao_no_004.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/mocao_no_004.2021.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a Professora da Rede Municipal de Ensino, Nilva Graboski, pela importante representatividade no Concurso do Programa Agrinho 2021, na categoria Experiência Pedagógica, ficando com a segunda colocação a nível Estadual, representando belissimamente nosso Município e sua Instituição de Ensino a Escola Municipal Professora Ezilda Amaral Ferreira.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/mocao_5.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/mocao_5.pdf</t>
   </si>
   <si>
     <t>A professora REGIANE GUIMARÃES pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/mocao_6.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/mocao_6.pdf</t>
   </si>
   <si>
     <t>A professora CLEUSI FREITAS pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/mocao_7.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/mocao_7.pdf</t>
   </si>
   <si>
     <t>A professora JULIA KUCZERA pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/mocao_8_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/mocao_8_2021.pdf</t>
   </si>
   <si>
     <t>A professora JOSIANE SILVESTRE pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/mocao_9_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/mocao_9_2021.pdf</t>
   </si>
   <si>
     <t>A professora SÔNIA REIS pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/mocao_10_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/mocao_10_2021.pdf</t>
   </si>
   <si>
     <t>A professora MÁRCIA CORREIA pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/mocao_11_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/mocao_11_2021.pdf</t>
   </si>
   <si>
     <t>A professora LORENA MAZUR pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/mocao_12_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/mocao_12_2021.pdf</t>
   </si>
   <si>
     <t>A professora LUCIZ WACHAK pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/mocao_13_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/mocao_13_2021.pdf</t>
   </si>
   <si>
     <t>A professora SÍLVIA MOREIRA pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/mocao_14_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/mocao_14_2021.pdf</t>
   </si>
   <si>
     <t>A professora VERA TOTTI pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/mocao_15_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/mocao_15_2021.pdf</t>
   </si>
   <si>
     <t>A professora OLGA GRABOSKI pela recente aposentadoria, reconhecendo os vários anos de dedicação, competência e profissionalismo com que atuou na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_do_executivo_no_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_do_executivo_no_0001-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Emergencial de apoio ao produtor rural de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_do_executivo_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_do_executivo_0002-2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 1.402.000,00 através de anulação parcial de dotação orçamentária nas fontes 000 - Recursos Livres, 303 - 15% Saúde e superávit financeiro nas fontes 022 - Transferências do Sistema Único de Assistência Social - SUAS - (COVID-19) e 003 - AFM - APOIO FINANCEIRO AOS MUNICIPIOS.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_do_executivo_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_do_executivo_0003-2021.pdf</t>
   </si>
   <si>
     <t>Insere ações na Lei Municipal nº 2.969/2020 - LDO 2021 e abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 516.520,88 através de superávit financeiro na fonte 798 - Contrato Repasse 368.707-10/2011 Construção Estádio Municipal, na fonte 000 - Recursos Livres e provável excesso de arrecadação na fonte 839 - Construção do CREAS Convênio 844062/2017.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_do_executivo_0004-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_do_executivo_0004-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de meta no Anexo I - Metas e Prioridades da Administração Municipal para 2018-2021, na Lei nº 2.790/2017 - Plano Plurianual 2018/2021 e no Anexo I - Metas e Prioridades da Administração Municipal para 2021, na Lei 2.969/2020 - Lei de Diretrizes Orçamentárias - LDO/2021.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_de_lei_do_executivo_0005-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_de_lei_do_executivo_0005-2021.pdf</t>
   </si>
   <si>
     <t>Insere ação na Lei Municipal nº 2.790/2017 - PPA 2018-21 e na Lei Municipal nº 2.969/2020 - LDO 2021 e abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 3.280.519,04 através de provável excesso de arrecadação na fonte 943 - CONV FUNASA 323/2015 - SISTEMAS DE ABASTECIMENTO DE ÁGUA EM ÁREAS RURAIS e superávit financeiro na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_do_executivo_0007-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_do_executivo_0007-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual dos servidores públicos do Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_do_executivo_0008-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_do_executivo_0008-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica Protocolo de Intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_do_executivo_0009-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_do_executivo_0009-2021.pdf</t>
   </si>
   <si>
     <t>Altera ação na Lei Municipal nº 2.790/2017, de 31 de outubro de 2017 (PPA 2018-2021), insere ação na Lei Municipal nº 2.969/2020 - LDO 2021 e abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 1.200.000,00 através de provável excesso de arrecadação na fonte 893 - Programa FINISA/CAIXA.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_do_executivo_0010-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_do_executivo_0010-2021.pdf</t>
   </si>
   <si>
     <t>Insere ação na Lei Municipal nº. 2.790/2017 - PPA 2018-21 e na Lei Municipal n.º 2.969/2020 - LDO 2021 e abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 330.070,40 através de provável excesso de arrecadação na fonte 944 - CONVENIO 406/2020 - COMPLEXO ESPORTIVO SANTA CRUZ - PROJETO MEU CAMPINHO e superávit financeiro na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_do_executivo_0011-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_do_executivo_0011-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 2.250/2013, de 27 de junho de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/46/projeto_de_lei_no_012.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/46/projeto_de_lei_no_012.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ações prioritárias da Administração Pública Municipal, Metas e Riscos Fiscais, Diretrizes Gerais para elaboração da Proposta Orçamentária e Normas de Execução Financeira a serem executadas pelo Município de São Mateus do Sul, para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/385/projeto_de_lei_do_executivo_0013-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/385/projeto_de_lei_do_executivo_0013-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Avaliação Atuarial Anual para o Exercício de 2021 e sobre a forma de equacionamento e amortização de déficit técnico atuarial.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_do_executivo_0014-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_do_executivo_0014-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de meta no PPA 2018-2021 e na LDO 2021, bem como a abertura de crédito adicional suplementar, no valor de R$ 4.000.000,00 através de superávit financeiro na fonte 000 - Recursos Livres.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_do_executivo_0015-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_do_executivo_0015-2021.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de São Mateus do Sul, Estado do Paraná, do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Pano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_lei_no_016.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_lei_no_016.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a implantar o Programa denominado "Caminhos da Produção no Campo" e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/474/projeto_de_lei_do_executivo_0017-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/474/projeto_de_lei_do_executivo_0017-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação-Conselho do FUNDEB.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/489/projeto_de_lei_do_executivo_0018-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/489/projeto_de_lei_do_executivo_0018-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço de Acolhimento Familiar e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_n_019.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_n_019.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Receber, em Doação, Medicamentos , Insumos, Serviços, Bens e Valores da Iniciativa Privada para o Combate ao coronavírus e dá outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_lei_n_020.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_lei_n_020.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as sanções administrativas aplicáveis pelo descumprimento das medidas urgentes determinadas para contenção e enfrentamento da pandemia causada pelo Coronavírus.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_n_021.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_n_021.2021.pdf</t>
   </si>
   <si>
     <t>Fixa o valor do piso salarial profissional municipal dos Agentes Comunitários de Saúde regidos pela CLT.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/577/projeto_de_lei_no_022.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/577/projeto_de_lei_no_022.2021.pdf</t>
   </si>
   <si>
     <t>Reconhece, de direito, a denominação da "Rua Valentin Gosik"</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_023.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_023.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Social de concessão do "VALE FEIRA-REAL MATE" no Município de São Mateus do Sul/PR.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_de_lei_no_024.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_de_lei_no_024.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 250.100,00 através de anulação parcial de dotação orçamentária nas fontes 000 - Recursos Livres e superávit financeiro na fonte 022 - Transferências do Sistema Único de Assistência Social - SUAS (COVID-19).</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_025.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_025.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Anexo I - Metas e Prioridades da Administração Municipal para 2018-2021, na Lei n° 2.790/2017 - Plano Plurianual 2018-2021 e no Anexo I - Metas e Prioridades da Administração Municipal para 2021, na Lei 2.969/2020 - Lei de Diretrizes Orçamentárias - LDO/2021.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_de_lei_no_026.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_de_lei_no_026.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações Lei Municipal Nº na 2.250/2013, de 27 de junho de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_de_lei_no_027.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_de_lei_no_027.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do município de São Mateus do Sul/PR; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_no_028.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_no_028.2021.pdf</t>
   </si>
   <si>
     <t>Insere ação na Lei Municipal nº. 2.790/2017 - PPA 2018-21 e na Lei Municipal n.° 2.969/2020 - LDO 2021 e abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 1.761.325,02 (um milhão, setecentos e sessenta e um mil, trezentos e vinte e cinco reais e dois centavos) através de provável excesso de arrecadação na fonte 945 - CONVENIO 357/2019 - INFRAESTRUTURA URBANA - CONSTRUÇÃO CENTRO DE CONVIVÊNCIA e superávit financeiro na fonte 000- Recursos Livres.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.429/2002 que dispõe sobre o Regime Próprio de Previdência Social dos Servidores Públicos Civis do Município de São Mateus do Sul, institui Plano de Benefícios, Organização e Custeio e dá outras providências.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_no_030.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_no_030.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ADQUIRIR IMÓVEL DIRETAMENTE POR DESAPROPRIAÇÃO JUDICIAL OU AMIGÁVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/projeto_de_lei_no_031.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/projeto_de_lei_no_031.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período 2022 a 2025.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_no_032.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_no_032.2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Mateus do Sul para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_de_lei_no_033.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_de_lei_no_033.2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao artigo 20 da Lei Nº 3009/2021, que autoriza o chefe do Poder Executivo Municipal a implantar o Programa denominado "Caminhos da Produção no Campo".</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_no_034.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_no_034.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional suplementar, no valor de R$ 805.000,00 através de provável excesso de arrecadação apurado na fonte 104-25% s/Demals Imp.Vinc.à Educação-Exerc.Cor. e anulação de dotação orçamentária na fonte 104 - 25% s/Demais Imp.Vinc.à Educação-Exerc.Cor.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_no_035.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_no_035.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 1.177.728,00 através de provável excesso de arrecadação apurado na fonte 492- ESTADO BLOCO DE CUSTEIO SAÚDE e na fonte 494-Bloco de Custeio das Ações e Serviços Públicos de Saúde.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_no_036.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_no_036.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGENCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/projeto_de_lei_no_037.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/projeto_de_lei_no_037.2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o chefe do poder executivo a conceder direito real de uso e doação de imóvel, conforme especifica. "</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/projeto_de_lei_no_038.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/projeto_de_lei_no_038.2021.pdf</t>
   </si>
   <si>
     <t>Suspende a eficácia da Lei Municipal n° 2.979, de 19 de março de 2021, a qual dispõe sobre a revisão geral anual aos servidores públicos efetivos do Município de São Mateus do Sul, extensiva aos inativos e pensionistas do Regime Próprio de Previdência de São Mateus do Sul.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_no_039.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_no_039.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, em favor da Secretaria Municipal de Educação e Cultura - Departamento de Cultura, crédito adicional especial, para aplicação dos recursos recebidos do Governo Federal, nas ações emergenciais ao Setor Cultural da Lei n° 14.017, de 29 de junho de 2020 (Lei Aldir Blanc), no valor de R$ 285.712,28 (duzentos e oitenta e cinco mil setecentos e doze reais e vinte e oito centavos).</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_040.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_040.2021.pdf</t>
   </si>
   <si>
     <t>Exclui os membros do Poder Legislativo da Composição dos Conselhos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_041.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_041.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 50.000,00 (cinquenta mil reais) através de superávit financeiro na fonte 000 -  Recursos Livres.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_lei_no_042.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_lei_no_042.2021.pdf</t>
   </si>
   <si>
     <t>Altera, pelo prazo de 12 meses, o Anexo VI da Lei nº 2.258/2013 que Regulamenta o uso do Parque de Exposições do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_de_lei_no_043.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_de_lei_no_043.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a premiação em dinheiro às melhores ornamentações natalinas e dá outras providências.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/projeto_de_lei_no_044.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/projeto_de_lei_no_044.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, crédito adicional especial, no valor de R$ 12.000,00 (doze mil reais), através de anulação parcial de dotação orçamentária.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_045.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_045.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de ações e metas no PPA 2018-21 e na LDO 2021 e a abertura de crédito adicional especial, no valor de R$ 3.860.000,00 através de provável excesso de arrecadação na fonte 899 OPERAÇÃO DE CRÉDITO - LEI N° 3.033 de 21 de outubro de 2021.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/967/projeto_de_lei_no_046.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/967/projeto_de_lei_no_046.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Município, em favor da Secretaria Municipal de Educação e Cultura Departamento de Cultura, crédito adicional especial, para aplicação dos recursos recebidos do Governo Federal, nas ações emergenciais ao Setor Cultural da Lei n° 14.017, de 29 de junho de 2020 (Lei Aldir Blanc), no valor de R$ 153.712,28 (cento e cinquenta e três mil setecentos e doze reais e vinte e oito centavos).</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/projeto_de_lei_no_047.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/projeto_de_lei_no_047.2021.pdf</t>
   </si>
   <si>
     <t>Abre ao Orçamento do Municipio, em favor da Secretaria Municipal de Meio Ambiente, crédito adicional especial, no valor de R$ 74.100,00 (setenta e quatro mil e cem reais).</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/projeto_de_lei_no_048.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/projeto_de_lei_no_048.2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIOS PARA VIABILIZAR A CONSTRUÇÃO DE UNIDADES HABITACIONAIS VINCULADAS A PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/projeto_de_lei_no_049.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/projeto_de_lei_no_049.2021.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo previsto no Art. 4º da Lei 2.385/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_do_executivo_50_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_do_executivo_50_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a taxa de administração para custeio das despesas necessárias à organização e ao funcionamento do Fundo de Previdência do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_lei_complementar_do_executivo_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_lei_complementar_do_executivo_0001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Recuperação Fiscal (REFIS - 2021), destinado à recuperação de pessoas físicas ou jurídicas, em débito com a Fazenda Pública Municipal, mediante opção expressa de adesão, com concessão de anistia para pagamento à vista ou parcelado de dívida ativa de qualquer natureza, estabelece normas para o seu pagamento e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_complementar_do_executivo_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_complementar_do_executivo_0002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar n. 066, de 26 de setembro de 2017 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_complementar_do_executivo_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_complementar_do_executivo_0003-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.429/2002, a Lei nº 2.000/2010 e a Lei Complementar nº 02/1994.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/projeto_de_lei_complementar_no_004.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/projeto_de_lei_complementar_no_004.2021.pdf</t>
   </si>
   <si>
     <t>"Revoga expressamente a Lei Complementar nº 41/2010 e a Lei Complementar nº 70/2018"</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_0001-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar estudo técnico de engenharia de tráfego, a fim de constar nos projetos de pavimentação o número de lombadas e pontos onde devem ser instaladas e a pintura do trecho a ser pavimentado.</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/48/projeto_de_lei_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/48/projeto_de_lei_0002-2021.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do Município de São Mateus do Sul a semana municipal do ciclismo a ser realizada anualmente em setembro, mês do aniversário do Município de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_0003-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece multa para a conduta de quem burla a ordem de vacinação contra a Covid-19 durante a situação de emergência em saúde pública de importância nacional em decorrência da Infecção Humana pelo novo Coronavírus (2019-nCoV).</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/50/projeto_de_lei_0004-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/50/projeto_de_lei_0004-2021.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de São Mateus do Sul ao Sr. Barcímio Sicupira Júnior, personalidade histórica do futebol paranaense.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_0005-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_0005-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo às Atividades Desportivas, lazer e prática de atividades físicas, no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei_0006-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei_0006-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão de opção pela modalidade de ensino de educação domiciliar (Homeschooling) no município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_0007-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_0007-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Praça Pública localizada na avenida Ozy Mendonça de Lima, entre as ruas Paulino Vaz da Silva e Vinte e Um de Setembro, nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_0008-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_0008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da vacinação contra Coronavírus (COVID-19) no município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_0009-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_0009-2021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação de Bairro Nossa Senhora Aparecida e Nossa Senhora Czestochowska, situada na Vila Nepumoceno em São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/501/projeto_de_lei_do_legislativo_no_010.2021_-_revisao.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/501/projeto_de_lei_do_legislativo_no_010.2021_-_revisao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual aos servidores públicos efetivos do Município de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_0011-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_0011-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a paridade de gênero na ocupação de cargos de livre indicação do Poder Executivo, no primeiro e no segundo escalão da Administração Direta, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_0012-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_0012-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal em Homenagem e Gratidão aos Profissionais da Saúde que Atuaram na Linha de Frente Contra a COVID-19 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_de_lei_0013-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_de_lei_0013-2021.pdf</t>
   </si>
   <si>
     <t>Institui campanha municipal de orientação aos idosos contra fraudes e golpes no âmbito do comércio eletrônico e na internet, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_0014-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_0014-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Programa "Rua do lazer" e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/384/projeto_de_lei_do_legislativo_no_015.2021_-_valter_-_schramm-1_v2.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/384/projeto_de_lei_do_legislativo_no_015.2021_-_valter_-_schramm-1_v2.pdf</t>
   </si>
   <si>
     <t>Altera a denominação do Logradouro Municipal doado ao Município através da Lei Municipal nº 1.889/2009 passando a se denominar Estádio Municipal Dr. Edison Carlos Schramm.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_0016-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_0016-2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta e Altera dispositivos na Lei Municipal nº 2.984, de 14 de abril de 2021 que institui o Programa Municipal de incentivo às atividades Desportivas, lazer e prática de atividades físicas, no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_0017-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_0017-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Semana Municipal da Agricultura Familiar no município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_0018-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_0018-2021.pdf</t>
   </si>
   <si>
     <t>Institui medidas de combate ao desperdício de alimentos no âmbito de bares, restaurantes, padarias e congêneres e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/449/projeto_de_lei_no_019.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/449/projeto_de_lei_no_019.2021.pdf</t>
   </si>
   <si>
     <t>Inclui o Programa Municipal de incentivo ao cicloturismo.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_do_legislativo_no_020.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_do_legislativo_no_020.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a presença de “Doulas” durante o parto, nas maternidades situadas no município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_0021-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_0021-2021.pdf</t>
   </si>
   <si>
     <t>Institui como Atividade Essencial os estabelecimentos de prestação de serviços de educação física públicos ou privados, como forma de prevenir doenças físicas e mentais, a prática da atividade física e do exercício físico como essenciais para saúde da população no âmbito do Município de São Mateus do Sul e dá outras providências._x000D_
 _x000D_
 Observação:_x000D_
 Retirado</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_do_legislativo_no_022.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_do_legislativo_no_022.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento e segurança nos centros de educação infantil e escolas públicas municipais no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_lei_do_legislativo_no_023.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_lei_do_legislativo_no_023.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do sistema QR CODE de informações turísticas, culturais e ambientais no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_lei_do_legislativo_no_024.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_lei_do_legislativo_no_024.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa municipal de aquisição de gêneros alimentícios da agricultura familiar e do empreendedor rural, pelo poder executivo municipal de no mínimo 30% de todos os produtos adquiridos.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_lei_do_legislativo_no_025.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_lei_do_legislativo_no_025.2021.pdf</t>
   </si>
   <si>
     <t>Permite que os estabelecimentos com licenciamento para organização de eventos, serviços de catering, buffet e serviços de comida preparada em geral exerçam atividades de lanchonete ou de restaurante, nas condições que especifica.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_de_lei_do_legislativo_no_026.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_de_lei_do_legislativo_no_026.2021.pdf</t>
   </si>
   <si>
     <t>Estipula vedação a nomeação, por parte da administração pública direta e indireta do município de São Mateus do Sul, de pessoas condenadas nas disposições da Lei no 11.340/06 e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/594/projeto_de_lei_do_legislativo_no_027.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/594/projeto_de_lei_do_legislativo_no_027.2021.pdf</t>
   </si>
   <si>
     <t>Institui a implantação faixa de retenção e recuo exclusivo para bicicletas e motocicletas nas vias públicas equipadas com semáforos.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_do_legislativo_no_028.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_do_legislativo_no_028.2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao artigo 2º da Lei nº 3.000, de 24 de junho de 2021, que dispõe sobre a revisão geral anual aos servidores públicos efetivos do Poder Legislativo de São Mateus do Sul.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_de_lei_do_legislativo_no_029.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_de_lei_do_legislativo_no_029.2021.pdf</t>
   </si>
   <si>
     <t>Concede título de “Cidadão Honorário de São Mateus do Sul” ao Dr. CLOVIS GENESIO LEDUR pelos relevantes serviços prestados a Municipalidade de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_de_lei_do_legislativo_no_030.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_de_lei_do_legislativo_no_030.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei no 2.501, de 10 de novembro de 2014, que constitui normas para declaração de Utilidade Pública no âmbito do Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_do_legislativo_no_031.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_do_legislativo_no_031.2021.pdf</t>
   </si>
   <si>
     <t>Denomina nome de rua ("Eduardo Vidal da Cruz") e dá outras providências.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>Irineu Lepinski Macuco, Enéas Jeferson Melnisk</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_do_legislativo_no_032.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_do_legislativo_no_032.2021.pdf</t>
   </si>
   <si>
     <t>Concede título de “Cidadão Honorário de São Mateus do Sul” ao Dr. PAULO AUGUSTO KOSLOVSKI pelos relevantes serviços prestados ao Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_de_lei_do_legislativo_no_033.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_de_lei_do_legislativo_no_033.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre declaração de anuência para fornecimento de energia elétrica em propriedades localizadas na área rural do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_do_legislativo_034.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_do_legislativo_034.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tempo de espera para atendimento nos estabelecimentos de saúde, no município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_do_legislativo_no_035.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_do_legislativo_no_035.2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei Municipal nº 3.001, de 25 de junho de 2021, que altera e acrescenta dispositivos na Lei nº 2.984, de 14 de abril de 2021 que institui o Programa Municipal de incentivo às atividades Desportivas, lazer e prática de atividades físicas, no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_do_legislativo_no_036.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_do_legislativo_no_036.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Semana de Conscientização sobre Mudanças Climáticas e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_do_legislativo_no_037.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_do_legislativo_no_037.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as situações que envolvam violências obstétrica no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_do_legislativo_no_038.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_do_legislativo_no_038.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de restaurantes, bares, cafés, centros gastronômicos, casas noturnas, espaços de eventos e de shows, feiras e demais estabelecimentos congêneres a adotar medidas de auxílio e proteção à mulher em situação de assédio e dá outras providências.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_do_legislativo_no_039.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_do_legislativo_no_039.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Transparência em Obras Públicas e dá outras providências.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/projeto_de_lei_do_legislativo_no_040.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/projeto_de_lei_do_legislativo_no_040.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o animal comunitário e estabelece normas para seu atendimento no Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_de_lei_do_legislativo_no_041.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_de_lei_do_legislativo_no_041.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Financeiro da Câmara Municipal de São Mateus do Sul nos fins que especifica.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>Jeciel Ferreira Franco, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_de_lei_do_legislativo_no_042.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_de_lei_do_legislativo_no_042.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Valorização Cultural da história do Município nos prédios públicos e demais espaços que constituem propriedade do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_do_legislativo_043.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_do_legislativo_043.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da identificação eletrônica, por meio de microchip, de todos os animais das espécies canina, felina, equina, muar, asinina, de tração animal ou não, dentro do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_do_legislativo_no_044.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_do_legislativo_no_044.2021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a “ASSOCIAÇÃO DOS AGRICULTORES DA FAZENDINHA”, situada na comunidade de Fazendinha, município de São Mateus do Sul/PR.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/projeto_de_lei_do_legislativo_no_045.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/projeto_de_lei_do_legislativo_no_045.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oficialização da língua polonesa no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_no_046.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_no_046.2021.pdf</t>
   </si>
   <si>
     <t>Suspende por tempo determinado, os efeitos financeiros da Lei Municipal n°. 3.000 de 24 de junho de 2021 até 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_do_legislativo_no_047.2021_-_utilidade_publica.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_do_legislativo_no_047.2021_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Confere o título de Utilidade Pública, em âmbito municipal, a Associação de Moradores e Agricultores da comunidade de Burrinho, município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_do_legislativo_no_048.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_do_legislativo_no_048.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de Programa Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/redacao_final_-_pll_no_049.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/redacao_final_-_pll_no_049.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de auxílio no transporte de mudança Intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_do_legislativo_no_050.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_do_legislativo_no_050.2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição da comercialização do cachimbo de água egípcio, conhecido como narguilé, aos menores de dezoito anos de idade, bem como seu consumo e uso em locais públicos e dá outras providências”.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_do_legislativo_no_051.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_do_legislativo_no_051.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a auditoria ambiental compulsória e adota outras providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_do_legislativo_no_052.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_do_legislativo_no_052.2021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Incentivo às tradições culturais Tropeiras no Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_do_legislativo_no_053.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_do_legislativo_no_053.2021.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de São Mateus do Sul – Estado do Paraná, a Política Municipal para a população em situação de rua e dá outras providências.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_do_legislativo_no_054.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_do_legislativo_no_054.2021.pdf</t>
   </si>
   <si>
     <t>Institui no Município de São Mateus do Sul a "Semana de Combate aos Maus-Tratos de animais e exposição de feiras educativas, a ser realizada, anualmente, no mês de agosto.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_do_legislativo_no_055.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_do_legislativo_no_055.2021.pdf</t>
   </si>
   <si>
     <t>Denomina rua do Município de São Mateus do Sul de “Rua Vereador João Bosco dos Santos”.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_do_legislativo_no_056.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_do_legislativo_no_056.2021.pdf</t>
   </si>
   <si>
     <t>Denomina rua do Município de São Mateus do Sul de “Rua Vereador Moacyr Antonovicz – Chile” no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_do_legislativo_no_057.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_do_legislativo_no_057.2021.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de gratuidade no Transporte Público Coletivo do Município à gestante no período e na forma que especifica.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_do_legislativo_no_058.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_do_legislativo_no_058.2021.pdf</t>
   </si>
   <si>
     <t>Denomina o “Parque de Exposições Municipal” para “Centro de Eventos Municipal Vereador Jorge Przywitowski”</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Irineu Lepinski Macuco, Jeciel Ferreira Franco, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/85/projeto_de_resolucao_no_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/85/projeto_de_resolucao_no_0001-2021.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 19, 20 e 21, §2º do artigo 24 e acrescenta os §1º e §2º do artigo 19 do Regimento Interno da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_resolucao_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_resolucao_0002-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Horas no âmbito da Câmara Municipal de São Mateus do Sul, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_resolucao_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_resolucao_0003-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração do período aquisitivo de férias no âmbito da Câmara Municipal de São Mateus do Sul - Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_de_resolucao_0004-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_de_resolucao_0004-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Sugestões Legislativas no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_resolucao_0005-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_resolucao_0005-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 9.111,64 e dá outras providências.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_resolucao_no_006.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_resolucao_no_006.2021.pdf</t>
   </si>
   <si>
     <t>Estipula vedação a nomeação, por parte do Poder Legislativo Municipal, de pessoas condenadas nas disposições da Lei nº 11.340/06 e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Jeciel Ferreira Franco</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_0001-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_0001-2021.pdf</t>
   </si>
   <si>
     <t>Inversão de Pauta - Art. 83, §3° do Regimento Interno.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_0002-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_0002-2021.pdf</t>
   </si>
   <si>
     <t>Solicitação de extrema urgência para eleição das Comissões Permanentes da Câmara Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_0003-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_0003-2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 001/2021 de iniciativa do Executivo.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_0004-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_0004-2021.pdf</t>
   </si>
   <si>
     <t>Requer à Presidente do Hospital Dr. Paulo Fortes informações referentes aos questionamentos.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_0005-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_0005-2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal solicitando apontamentos da controladoria interna referente ao ano de 2020 no contrato de prestação de serviços médicos do pronto atendimento municipal.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_0006-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_0006-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis, o cronograma das obras de pavimentação que estão sendo realizadas, cito e saliento, todas as que estão em andamento, indicando o que já foi realizado e o que ainda falta, nomes dos respectivos fiscais e as notificações que já foram realizadas.</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 008/2021 de iniciativa do Poder Executivo.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_0008-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_0008-2021.pdf</t>
   </si>
   <si>
     <t>Convidar o Gerente do Sesi/Senai, o Sr. Fabio Fernandes, para palestrar e apresentar os serviços disponibilizados, a contribuição e compromisso do Sesi/Senai perante a comunidade São-Mateuense.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_no_0009-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_no_0009-2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal disponibilizar o contrato da obra da Vila Palmeira, a fim de esclarecer, pois muitos moradores entendem que haveria pavimentação nas ruas em obras da referida vila.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_no_0010-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_no_0010-2021.pdf</t>
   </si>
   <si>
     <t>Convidar o Secretário de Obras, o Sr. Alexssandro Linares, para informar e palestrar sobre assuntos pertinentes da Secretaria de Obras à população São-Mateuense.</t>
   </si>
   <si>
     <t>Aramis Mayer, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_0011-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_0011-2021.pdf</t>
   </si>
   <si>
     <t>Convidar a Presidente do Coletivo de Mulheres de São Mateus do Sul para palestrar e divulgar o Combate e enfrentamento da violência doméstica em São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_0012-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_0012-2021.pdf</t>
   </si>
   <si>
     <t>Convidar o Presidente, Sr. Gerson Staniszewski, do Observatório Social do Brasil de São Mateus do Sul para palestrar e explicar o papel do Observatório para a população de São Mateus do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_0013-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_0013-2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal que solicite à Secretaria de Saúde o encaminhe deste requerimento ao SAMU de São Mateus do Sul pedindo informações da lista de pessoas nomeadas ou exoneradas e as suas respectivas formações acadêmicas.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_0014-2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_0015-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_0014-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_0015-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis, a relação de todos os cargos em comissão, agentes políticos, servidores que estão recebendo gratificações, servidores nomeados para função de confiança e os seus respectivos percentuais, as suas atribuições referentes as funções exercidas.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_0016-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_0016-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis, o cronograma de manutenção das estradas rurais, sendo, o que já foi realizado nos meses de janeiro e fevereiro e, a programação para os meses de março, abril e maio.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_0017-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_0017-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis as seguintes informações referentes a tomada de preços 002/2020 (revitalização da praça oito de março): 1- Nome dos ficais que estão acompanhando a obra; 2- No caso específico da Estação de Musculação, quem recebeu? Foi liquidada? Qual o valor? Foi realizada solicitação para alteração do objeto? Quem autorizou? Qual a justificativa?</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_0018-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_0018-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis, o estudo de impacto orçamentário para a designação de jornadas suplementares, realizada dia 19 de fevereiro através do Diário Oficial, Edição 2509, Portaria 163/2021. Que este valor seja mensal e anual. Ainda, que seja encaminhada a essa Casa de Leis, o estudo de impacto orçamentário caso fosse convocado professores que aguardam na lista de espera do concurso para suprir a demanda que foi designada para jornadas, da mesma forma, mensal e anual.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_0019-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_0019-2021.pdf</t>
   </si>
   <si>
     <t>Requer à convocação do Presidente e Diretor Clínico do Hospital e Maternidade Dr. Paulo Fortes e responsável técnico e Diretor de Urgência e Emergência do Pronto Atendimento, a fim de esclarecer sobre o ocorrido no dia 15 de março de 2021, referente ao óbito do paciente que aguardava atendimento e internamento. Informo que os esclarecimentos se darão pela comissão de saúde em reunião plenária na data de 25 de março de 2021 as 14:00h.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_0020-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_0020-2021.pdf</t>
   </si>
   <si>
     <t>Requeremos da 6ª Regional de Saúde de União da Vitória/PR, que seja encaminhada a essa Casa Legislativa, os seguintes questionamentos: (1) Informações acerca dos critérios adotados para distribuição de vacinas aos município e faixa etária; (2) Quantas doses foram enviadas ao município de São Mateus do Sul?</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_no_0021-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_no_0021-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente desta Casa a constituição de Comissão Especial cuja finalidade seria de investigar os fatos ocorridos junto ao Pronto Atendimento Municipal e Hospital e Maternidade Dr. Paulo Fortes, em data de 15/03/2021, envolvendo o atendimento de paciente com suspeita de Covid-19.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_no_0022-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_no_0022-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, que inclua no grupo prioritário do Plano Municipal de Imunização todos os professores em efetivo exercício em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_0023-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_0023-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeita Municipal que encaminhe com maior brevidade possível, um projeto de lei alterando a Lei nº 2278/2013 ? autoriza o Poder Executivo municipal implantar o programa "Porteira Adentro" ? ou elaborar um novo projeto de lei para a retomada do Programa "Porteira Adentro". Verificar se o Departamento Jurídico possui algum parecer sobre a viabilidade do programa, através de critérios objetivos, a fim de viabilizar o Programa.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_no_0024-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_no_0024-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício a Sra. Prefeita Municipal, Fernanda G. Sardanha, solicitando ao Secretário Estadual de InfraEstrutura e Logística do Estado do Paraná, Deputado Sandro Alex, a intervenção junto ao Estado para aquisição de um britador para o Município.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_0025-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_0025-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício a Sra. Prefeita Municipal, Fernanda G. Sardanha, solicitando informações a respeito do projeto de abertura de rua na Vila Americana, paralela à Avenida Iguaçu.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_0026-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_0026-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a Prefeita Municipal que seja encaminhada a essa Casa de Leis informações referentes as atividades escolares desenvolvidas entre os dias 10/03 a 29/03 do corrente ano.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_no_0027-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_no_0027-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeita Municipal as informações sobre as especificações dos materiais contemplados para compra, quais foram os materiais recebidos no contrato da obra de revitalização do Ginásio Polacão e quem é o fiscal da obra.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_0028-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_0028-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes as famílias que se encontram em vulnerabilidade social: - Quantas famílias? - Quais localidades? - Programas que estão sendo atendidas? - Planejamentos que estão sendo executados com o objetivo de acompanhamento, orientações e atendimento.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_0029-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_0029-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao Processo Licitatório para pavimentação asfáltica das seguintes ruas da Vila Prohmann: - Rua Valentim Gosik; - Rua Barão do Rio Branco; - Rua Maria Paulina Wolter; - Rua Chico Mendes; - Rua Barão do Rio Branco; - Rua Dom Pedro II; - Rua Ledy Afonso Roderjan; - Rua Augusto Tararan; - Rua Luiz Damásio Santos Lima;</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_0030-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_0030-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao Processo Licitatório para pavimentação asfáltica das seguintes ruas da Vila Pinheirinho: - Rua Casimiro Witikowlski; - Rua Frederico Retzlaf; - Rua Francisco Geraldo Portes; - Rua Sérgio Macuco; - Rua Ivan Ulbrich - Rua Desembargador Joaquim Ferreira Guimarães; - Rua Pedro Effco; - Rua Dona Estefânia; - Rua Nossa Senhora do Rocio; - Rua Prof. Jan Kosminski; - Rua Vitório Biancolini;</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_0031-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_0031-2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes aos cadastros de Instituições beneficiadas com o Programa Compra Direta Paraná, que receberão gêneros alimentícios fornecidos pelas Associações e Cooperativas da Agricultura Familiar do nosso Município: - Quais Instituições? - Como foram selecionadas? - Outras Instituições poderiam ter participado? - Como foram avaliadas as quantidades por diversificação dos produtos ofertados?</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, solicitando seja feito a regularização de ocupações irregulares existentes junto a localidade de Usina Velha, conforme prevê o art. 4o da Lei Complementar Municipal 84/2020.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_0035-2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_0035-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeita Municipal que informe a situação em relação à reforma da Praça 8 de março:_x000D_
  Em qual etapa se encontra a obra?_x000D_
  Se o pagamento já foi realizado?_x000D_
  No decorrer da obra foi realizada vistoria técnica periódica por parte da Prefeitura?_x000D_
  O fiscal de contrato tem competência técnica para realizar a avaliação?_x000D_
  Após a conclusão da obra, como será realizada a vistoria técnica constante no escopo_x000D_
 do contrato?_x000D_
  Quais são os prazos de garantia no caso de averiguações de inconsistência em_x000D_
 conformidade com o contrato?</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_036.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_036.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes as obras de reforma e ampliação do Ambulatório Municipal Washington Gusso (Vila Prohmann):_x000D_
 - Cronograma da Obra;_x000D_
 - Notificações realizadas.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_037.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_037.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiada a Prefeitura Municipal, a fim de que encaminhe relatório acerca da execução da obra de pavimentação do contrato de empreitada nº 203/2020 que tem como contratada a empresa Prado &amp; Prado Ltda – EPP, em tal relatório deverá constar para fins de verificação os seguintes documentos: boletim de medição, cronograma de andamento das obras, notificações a contratada, processo administrativo para aplicação de multas, expedição de motivos da contratada em relação ao atraso na execução dos serviços bem como demais documentos que achar necessário para a correta fiscalização do Poder Legislativo.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_038.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_038.2021.pdf</t>
   </si>
   <si>
     <t>Requer a impugnação dos IPTU emitidos neste ano a imóveis que eram considerados rurais que com a expansão da área urbana modificado no plano diretor, o terreno passou para área urbana. _x000D_
 Ainda, que seja feito a alteração e atualização do código tributário, regulamentando essas novas áreas.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_040.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_040.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, solicitando informações sobre pagamento de adicional de insalubridade, em grau máximo, a todos os servidores públicos expostos aos riscos do Covid-19.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/534/requerimento_no_041.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/534/requerimento_no_041.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, digníssima Prefeita Municipal, solicitando seja expedido ofício através do e-protocolo, solicitando uma academia ao ar livre junto ao Governo do Estado a ser instalada na localidade do Lageadinho.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/535/requerimento_no_042.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/535/requerimento_no_042.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, digníssima Prefeita Municipal, solicitando informações a respeito do pagamento do piso salarial as agentes comunitárias do Município, principalmente no tocante a data em que será implantado e se o repasse financeiro do governo federal tem sido feito em valor suficiente para cobrir tal despesa.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/536/requerimento_no_043.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/536/requerimento_no_043.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, Prefeita Municipal, solicitando informações sobre atividades/projetos desenvolvidos em prol da modalidade de jiu-jitsu em nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/537/requerimento_no_044.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/537/requerimento_no_044.2021.pdf</t>
   </si>
   <si>
     <t>O vereador signatário, com assento nesta Casa Legislativa e no uso da atribuição que lhe confere o artigo 123 do Regimento Interno, solicita à Vossa Excelência que seja submetido para apreciação do Plenário e, se aprovada, que seja remetida o presente REQUERIMENTO, com o intuito de solicitar a Prefeita Municipal e as Secretarias responsáveis esclarecimentos quanto a obra de reforma dos vestiários do Estádio Municipal Edison Carlos Schramm em dezembro de 2020, devendo também serem remetidos os seguintes documentos:_x000D_
 Cópia do contrato;_x000D_
 Relatórios dos Fiscais responsáveis;_x000D_
 Imagens da obra concluída;_x000D_
 Pagamentos efetuados e cronograma físico-financeiro da obra;_x000D_
 Eventuais providências administrativas adotadas;</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/538/requerimento_no_045.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/538/requerimento_no_045.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, digníssima Prefeita Municipal, solicitando seja informado se há algum projeto de lei para criação de auxílio ao setor de eventos em nosso Município, conforme sugerido pela Indicação nº 158/2021.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento_no_046.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento_no_046.2021.pdf</t>
   </si>
   <si>
     <t>O Presidente da Mesa Diretora, no uso de suas atribuições legais previsto no Art. 166 do Regimento Interno, vem a presença do Plenário submeter à apreciação dos nobres edis a seguinte solicitação:_x000D_
 Redução de interstício regimental para apreciação da Redação Final do Projeto de Lei do Legislativo nº 010/2021.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/542/requerimento_no_047.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/542/requerimento_no_047.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja conferido regime de urgência ao Projeto de Lei n° 021/2021, que fixa o valor do piso salarial profissional municipal dos Agentes Comunitários de Saúde._x000D_
 Observação: Retirado</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/546/requerimento_no_048.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/546/requerimento_no_048.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 020/2021 de iniciativa do Poder Executivo.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_049.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_049.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal informações sobre o planejamento e a projeção de construção do Posto de Saúde da comunidade Vargem Grande:_x000D_
 Em que fase está o planejamento para a construção do Posto de Saúde, se está em fase licitatório?_x000D_
 Cronograma de início das obras?_x000D_
 Projeção do término das obras?_x000D_
 Projeção para entrar em funcionamento o posto de saúde?</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_050.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_050.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao transporte coletivo urbano disponibilizado as pessoas Idosas._x000D_
 - De que forma está ocorrendo o acesso a utilização do transporte coletivo urbano aos Idosos?</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_051.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_051.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para deliberação da Redação Final do Projeto de Lei do Legislativo n° 008/2021 para ser discutido e aprovado nesta Sessão Ordinária.</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_052.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_052.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, digníssima Prefeita Municipal, solicitando seja agendada uma reunião através do Deputado Federal Nelci Coqueto Maria ("Vermelho") junto a Gerência do INSS em Curitiba, para tratar de assuntos referentes ao atendimento da previdência social.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_no_053.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_no_053.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei nº 016/2021 de iniciativa do Poder Executivo, a fim de realizar a 8ª Sessão Extraordinária ainda nesta data.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_no_054.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_no_054.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a "HORA ATIVIDADE DO QUADRO PRÓPRIO DO MAGISTERIO", sendo:_x000D_
 Cópia da Ata de reunião com Diretores e Coordenadores das Escolas Municipais;_x000D_
 Cópia da Ata de reunião com os devidos Sindicatos que representam a categoria;_x000D_
 Cópia da Ata da Assembleia Geral que foi debatido o tema Hora Atividade.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_no_055.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_no_055.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para deliberação da Redação Final do Projeto de Lei nº 019/2021 para ser discutido e aprovado ainda nesta Sessão Ordinária.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_no_057.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_no_057.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de saúde a respeito dos atendimentos no Ambulatório central de saúde do município como:_x000D_
 Quantos médicos atendem por dia?_x000D_
 Quais as especialidades que são atendidas?_x000D_
 Quantos pacientes por média são atendidos diariamente?_x000D_
 Qual é valor gasto mensalmente com a farmácia do município presente no ambulatório?_x000D_
 A lista de compra de remédios que a prefeitura compra é sempre a mesma? Quais são os remédios?</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_no_058.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_no_058.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de saúde a respeito dos exames e cirurgias marcadas no núcleo de saúde como:_x000D_
 Qual é o tempo de espera para o munícipe realizar uma consulta depois de marcada?_x000D_
 Quais são os exames que a prefeitura realiza no município?_x000D_
 Qual é o tempo de espera para o munícipe realizar um exame ou uma cirurgia?_x000D_
 Quem regulamente e como são controladas as filas de espera para as cirurgias?_x000D_
 Quais empresas prestam serviço para a prefeitura com exames e quais convênios têm hoje para a saúde?</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_no_059.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_no_059.2021.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria de Meio Ambiente oficialize a SANEPAR pedindo o relatório da qualidade de efluente do despejo no Rio Iguaçú, do tratamento de esgoto da estação de tratamento da SANEPAR na Colônia Iguaçú e o relatório de emissão atmosférica da queima do incinerador da estação.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_no_060.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_no_060.2021.pdf</t>
   </si>
   <si>
     <t>Requer informação da secretaria competente se há registro de doação de imóvel ou terreno para o Rotary Clube de São Mateus do sul.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_no_061.2021_.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_no_061.2021_.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e a Secretaria responsável para que envie informações sobre os frequentes arrombamentos e roubos no CMEI TIA DIRCE.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_no_062.2021_.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_no_062.2021_.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeita Municipal, através do Setor Jurídico, envie com urgência para a apreciação desta Casa de Leis o Projeto de Lei de Incentivo ao esporte e o Projeto de Lei de regulamentação dos aluguéis de quadra do município.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_no_063.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_no_063.2021.pdf</t>
   </si>
   <si>
     <t>Redução de intersticio regimental para apreciação em 2ª (segunda) discussão e votação do Projeto de Lei n° 027/2021 de iniciativa do Poder Executivo, a fim de realizar a 10ª Sessão Extraordinária ainda nesta data.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_no_064.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_no_064.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal, que seja encaminhado uma cópia ao DNIT, solicitando informações, esclarecimentos e explicações de quem seria a competência (Municipal ou Federal) para realizar as manutenções de diversos acessos (entradas e saídas) para os bairros, estradas rurais, industriais, comércios em geral ao longo da BR-476 no município de São Mateus do Sul, Estado do Paraná, conforme exemplificado pelas figuras em anexo. Além disso, perguntar ao DNIT os seguintes questionamentos: (1) teria alguma restrição ou impedimento do município realizar manutenção nesses acessos? (2) Qual seria o canal de comunicação mais rápido para o município solicitar manutenções nas rodovias federais? (3) Qual é o tempo médio para o DNIT realizar a manutenção de certos pontos específicos, tais como, acesso de entrada e saída de veículos?</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_no_065.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_no_065.2021.pdf</t>
   </si>
   <si>
     <t>CONVOCA os Vereadores para a 9ª (nona) Sessão Extraordinária a ser realizada em ainda hoje (10 de agosto de 2021) após a 26" Sessão Ordinária, com a finalidade de deliberar o Projeto de Lei nº 027/2021 que "Institui o Regime de Previdência Complementar no âmbito do município de São Mateus do Sul/PR; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar e dá outras providencias em Regime de Urgência, solicitada pela Prefeita Municipal por meio do Oficio nº 489/2021-GAB.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_no_066.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_no_066.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal e as Secretarias responsáveis para que enviem informações sobre os frequentes arrombamentos e furtos nos CMEIS de nosso município.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_no_067.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_no_067.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal para que seja disponibilizado informações sobre a nova área urbana do município, como: mapeamentos, imagens impressas e digitais das áreas antigas e atual mostrando os pontos que deixaram de ser rural.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>Osvaldo Witonski Kotryk (Parafuso), Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Jorge Wallace Manfroni, Juliano Orlowski de Oliveira, Omar Raimundo Picheth Neto, Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_no_068.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_no_068.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal solicitando todas as informações pertinentes em relação a empresa responsável pela obra de pavimentação da Rua João Gabriel Martins em que foi observado a deterioração do pavimento asfáltico recém finalizada, principalmente no trecho entre a Rua Luiz Damaso Santos Lima e a Rua Ulisses Faria, conforme fotos em anexo. Alguns questionamentos seriam: a empresa contratada seguiu o cronograma das obras, foi analisado o volume de tráfego na rua, como a empresa responsável verifica a espessura das diversas camadas que foram aplicadas durante a execução da obra, as camadas são capazes de suportar a carga exercidas sobre ela, entre outros?. Se o recuo para travessia dos pedestres está de acordo com o projeto?. Se foi analisado no projeto o espaço entre os recuos para passagem de veículos pesados em manobras para ingressar na via?. Se foi incluído no projeto a implantação de lombadas, principalmente próximo às escolas?</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_no_069.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_no_069.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada Audiência Pública no recinto do Poder Legislativo de São Mateus do Sul para tratar de assunto referente a futuras construções de condomínios verticais (Prédios) no Município de São Mateus do Sul dando especial enfoque aos alinhamentos prediais._x000D_
 Requer no mesmo ato que seja convidada as seguintes entidades: Associação Comercial e Industrial de São Mateus do Sul; CDL; CONJOVE; Núcleo de Desenvolvimento Econômico (NDE), CODESAMAS e demais seguimentos representativos da sociedade civil organizada. Outrossim, que também seja convidada a equipe técnica da Prefeitura Municipal do setor de Obras e Procuradoria do Município.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_no_070.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_no_070.2021.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeita Municipal envie através de ofício ao Deputado Emerson Bacil e a Secretaria do Desenvolvimento Sustentável e do Turismo, Secretário Marcio Nunes, os projetos para a execução da Revitalização da Praça do Rio Iguaçú, o projeto de revitalização e canalização do Rio Canoas e o projeto da praça de contenção de vazão do Rio Canoas.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_no_071.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_no_071.2021.pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado a Sra. Fernanda Garcia Sardanha, Digníssima Prefeita Municipal, para que informe a Câmara de Vereadores a respeito da existência de projeto para a criação de um centro de zoonoses, desenvolvimento e execução do referido projeto.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_no_072.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_no_072.2021.pdf</t>
   </si>
   <si>
     <t>Requer a Sra. Fernanda Garcia Sardanha, Digníssima Prefeita Municipal, que determine ao Departamento de Patrimônio da Prefeitura providências urgentes com relação ao oferecimento, no Facebook, de imóvel da Prefeitura para venda, localizado na Usina Velha, com cessão a Associação de Moradores.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_no_073.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_no_073.2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal, as secretarias responsáveis, para que seja licitado com a maior brevidade possível sistemas de segurança patrimonial em todos os prédios públicos do município.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_074.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_074.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação, a fim de realizar a 12ª (décima segunda) Sessão Extraordinária ainda na data de hoje dos seguintes projetos:_x000D_
 a) Projeto de Lei nº 039/2021 de iniciativa do Poder Executivo;_x000D_
 b) Projeto de Lei do Legislativo nº 046/2021 de iniciativa do Vereador Omar.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_no_075.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_no_075.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhado a Digníssima Sra. Fernanda Garcia Sardanha, Prefeita Municipal, requerendo sejam tomadas medidas urgentes com relação ao esgoto a céu aberto existente em imóvel localizado na Rua Ney Amintas de Barros Braga, ao lado da estação da Sanepar, na Vila Amaral conforme fotos anexas.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_no_076.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_no_076.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de saúde a respeito do número de cotas disponibilizadas para as consultas, exames e cirurgias:_x000D_
 - Existe um número de consultas que o Estado libera através dos três sistemas de regulação que a Prefeitura está cadastrada?_x000D_
 - Os números de cotas são disponibilizados por mês?_x000D_
 - Qual é a cota para cada especialidade?_x000D_
 - Qual é a cota mensal disponível para os exames realizados nos laboratórios do município?_x000D_
 - Quais são os exames?</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/766/requerimento_no_077.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/766/requerimento_no_077.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis uma cópia do Processo Administrativo 6838/2021.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_no_078.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_no_078.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa Leis através das Secretarias competentes, informações referentes a: _x000D_
 Número de Unidades de Saúde em atendimento, suas equipes e cronograma de atendimento;_x000D_
 Relação de Médicos (as), locais de trabalho, carga horária; _x000D_
 Cópia das solicitações, reclamações e denúncias via ouvidoria, relacionadas a Secretaria de Saúde;_x000D_
 Cópia de processos administrativos/sindicâncias instauradas relacionados a Secretaria de Saúde no ano de 2021;_x000D_
 Cronograma de escala médica e equipe de enfermagem do Pronto Atendimento Municipal dos últimos 90 dias;_x000D_
 Relatório do tempo médio de espera nas Unidades de Saúde. _x000D_
 Todos os documentos/relatórios solicitados poderão ser encaminhados em formato digital para o e-mail da Câmara Municipal (camarasms@gmail.com.br)</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_no_079.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_no_079.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes a: _x000D_
 Metodologia de ensino que está sendo desenvolvida na Educação Infantil Municipal;_x000D_
 Cópia do Plano de Trabalho Docente, sendo, um por Instituição de Ensino, assinado pela professora responsável pela turma e direção da Instituição de Ensino;_x000D_
 Ex.: CMEI Casulo, Infantil II. CMEI Mundo Encantado, Infantil III e, assim sucessivamente, um por Instituição de Ensino._x000D_
 Observação, estas solicitações podem ser disponibilizadas em arquivo digital e encaminhado para o e-mail da Câmara Municipal (camarasms@gmail.com).</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_no_080.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_no_080.2021.pdf</t>
   </si>
   <si>
     <t>Venho respeitosamente à presença de Vossa Excelência Sra. Prefeita e secretarias competentes REQUERER que sejam prestadas as seguintes informações:_x000D_
 Que sejam apresentadas informações precisas acerca do funcionamento do protocolo de Manchester, que hoje é utilizado nas unidades de saúde, principalmente no pronto atendimento, para aferição da gravidade dos casos que serão atendidos e de como é feito este controle e que seja informado quem são os servidores responsáveis pela análise e se os mesmos possuem qualificação técnica;_x000D_
 Que seja fornecida relação detalhada acerca do número de servidores (médicos, enfermeiros, técnicos, etc.), que são historicamente alocados para os atendimentos realizados diariamente no Pronto Atendimento.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_no_081.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_no_081.2021.pdf</t>
   </si>
   <si>
     <t>Tendo em vista os compromissos anteriormente assumidos na data de hoje (28/09/2021) e a extensa pauta do Poder legislativo nessa Sessão Ordinária venho REQUERER, nos termos regimentais para que a Excelentíssima Secretária Municipal possa realizar sua apresentação e posteriormente ser indagada pelos nobres pares, caso seja possível. Após isso, que seja dada continuidade aos trabalhos previstos na Ordem do Dia.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_no_082.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_no_082.2021.pdf</t>
   </si>
   <si>
     <t>Ao tempo em que o cumprimentamos cordialmente, os vereadores abaixo signatários, nos termos do Art. 110 do Regimento Interno da Câmara Municipal de São Mateus do Sul/PR, considerando a ausência de parecer das comissões pertinentes a matéria, vêm pelo presente, REQUERER A RETIRADA do Projeto de Lei do Legislativo nº 033/2021, de nossa autoria, o qual “Dispõe Sobre o Deferimento Para Fornecimento de Serviços de Energia Elétrica” a fim de possibilitar as retificações necessárias para o bom andamento do projeto.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_no_083.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_no_083.2021.pdf</t>
   </si>
   <si>
     <t>Ao tempo em que o cumprimento cordialmente, o vereador abaixo signatário, nos termos do Art. 110 do Regimento Interno da Câmara Municipal de São Mateus do Sul/PR, considerando o Parecer contrário do Relator da Comissão de Saúde e Educação, além do mais, o Parecer Jurídico entendeu que há óbice jurídico para a aprovação da proposição, vem pelo presente, REQUERER A RETIRADA do Projeto de Lei do Legislativo nº 034/2021, de minha autoria, o qual “Dispõe sobre o tempo de espera para atendimento nos estabelecimentos de saúde, no município de São Mateus do Sul” a fim de possibilitar as retificações necessárias para o bom andamento do projeto.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_no_084.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_no_084.2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre quais são as áreas públicas existentes nos seguintes bairros:_x000D_
 a) Palmeirinha;_x000D_
 b) Prohmann;_x000D_
 c) Canoas.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_085.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_085.2021.pdf</t>
   </si>
   <si>
     <t>A ser encaminhada à Prefeita Municipal, secretarias responsáveis, para que seja encaminhada a essa Casa de Leis e a esse Parlamentar informações referentes a indicação de minha autoria de número 424/2021, referente as questões referentes aos cemitérios municipais e comunitários.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_086.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_086.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Digníssima Prefeita Municipal, Fernanda Garcia Sardanha, consultando sobre a possibilidade da criação de um programa municipal para a distribuição gratuita de absorventes nas escolas para pessoas de baixa renda.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_087.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_087.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Digníssima Prefeita Municipal, Fernanda Garcia Sardanha, consultando sobre a possibilidade de fornecimento de veículo da Prefeitura, a título provisório, para servir de transporte de animais para centros médicos.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_088.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_088.2021.pdf</t>
   </si>
   <si>
     <t>Seja oficiado a Digníssima Prefeita Municipal, Fernanda Garcia Sardanha, consultando sobre a possibilidade de aquisição de um veículo, tipo furgão, para servir de ambulância animal.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_089.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_089.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a Secretaria de Infraestrutura do Estado do Paraná, solicitando as seguintes informações referentes a pavimentação da PR-364, São Mateus do Sul - Irati:_x000D_
 - As camadas que compõem a base asfáltica são do mesmo padrão no prolongamento de toda a PR-364?_x000D_
 - A camada de asfalto (espessura) é padrão em todo o prolongamento da PR-364?_x000D_
 - Qual a espessura?</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_no_090.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_no_090.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes informações referentes a:_x000D_
 - Relação das máquinas que estão em manutenção;_x000D_
 - Quais providências estão sendo efetivadas para a manutenção;</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_no_091.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_no_091.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes informações referentes a:_x000D_
 - Relação dos Operadores de Máquinas e quais máquinas estão trabalhando;_x000D_
 - Relatório diário do serviço executado, detalhado dos últimos 90 dias</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_092.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_092.2021.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado à Prefeita Municipal solicitando informações em referência às Políticas Públicas Municipais adotadas para a melhoria da Segurança Pública Municipal.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_093.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_093.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de Esportes e Secretaria de Obras a respeito do andamento da obra do Estádio Municipal, como:_x000D_
 - O que falta para a conclusão da Obra?_x000D_
 - A empresa que está trabalhando no local é responsável por qual execução dos trabalhos dentro do estádio?_x000D_
 - Qual é o tempo para que a empresa conclua os trabalhos previstos no contrato?_x000D_
 - Qual é o valor do contrato pago para a atual empresa prestadora de serviço?_x000D_
 - Até hoje, quanto já foi investido no estádio municipal com todos os contrato e aditivos?_x000D_
 - Qual é o planejamento para liberar o uso do estádio?</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_no_094.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_no_094.2021.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimento do Hospital Municipal Dr. Paulo Fortes o porquê da diretoria atual, ainda não repassar o relatório de custo e dívidas do Hospital para as instituições São Camilo e Santa Casa.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_no_095.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_no_095.2021.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeita Municipal oficialize a ANP (Agência Nacional do Petróleo), para que se tome a decisão de se realizar a audiência Pública referente a negociação dos Royaltys da Petrobras SIX na cidade de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_096.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_096.2021.pdf</t>
   </si>
   <si>
     <t>Considerando que já se aproxima o término das sessões legislativas do ano de 2021 e, por se tratar de matérias de iniciativa do Poder Executivo a concessão de urgência depende de manifestação da Prefeita Municipal sendo que até o presente momento se encontra em regime de tramitação normal. Considerando, por fim, que devemos velar pelo bom andamento do processo legislativo, a fim de satisfazer o interesse público e a diminuição dos prazos para apresentação das matérias orçamentárias é medida que se impõe sendo plenamente possível ante o princípio da soberania das decisões colegiadas. REQUEIRO aos nobres pares a redução das apresentações para leituras das peças orçamentárias (PPA, LDO e LOA) para apenas uma leitura em Plenário, após o parecer da Comissão de Finanças e Orçamento, e, posteriormente seja apreciada na ordem do dia para sua discussão e votação.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_097.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_097.2021.pdf</t>
   </si>
   <si>
     <t>Considerando que há matérias a serem tratadas na ordem do dia e que prescindem de quórum para discussão e votação e a ausência dos edis pode causar prejuízo na votação. _x000D_
 Venho REQUERER aos nobres pares que a 35° sessão ordinária prevista para 26 de outubro de 2021 seja transferida para a data de 25 de outubro de 2021, às 18 horas e 30 minutos na sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_098.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_098.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao Programa Caminhos do Campo:_x000D_
 -Relação dos Protocolos de solicitação, com data, número e localidade;_x000D_
 -Relação por ordem cronológica de datas dos atendimentos já realizados;_x000D_
 -Relatório contendo o número total de horas máquina e cargas disponibilizadas por propriedade;_x000D_
 -Valores recolhidos;_x000D_
 -Cronograma para os próximos 90 dias;</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_099.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_099.2021.pdf</t>
   </si>
   <si>
     <t>Como Presidente da Comissão de Saúde, Educação e Assistência Social requeiro Audiência Pública nesta casa de Leis, convocando para explicação e apresentação das ações que serão tomadas, os servidores responsáveis da pasta da Secretaria de Educação e Cultura e o Conselho Deliberativo, responsável por avaliar os projetos cadastrados para obtenção dos recursos através da Lei Aldir Blanc.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_100.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_100.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da secretaria de obras referente a nova avenida que foi aberta no bairro vila americana, como:_x000D_
 - Por qual motivo não foi dado sequência nos trabalhos?_x000D_
 - Qual é planejamento da volta das atividades?_x000D_
 - Tem previsão para elaborar o projeto de pavimentação da avenida?_x000D_
 - Qual é a extensão da avenida até a BR-476?_x000D_
 - Qual é a metragem da ponte que precisará ser implantada no trecho que passa o córrego do bairro.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_no_101.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_no_101.2021.pdf</t>
   </si>
   <si>
     <t>Tramitação em Regime de Extrema Urgência do Projeto de Lei nº 038/2021 (Do Poder Executivo) solicitada pela Prefeita Municipal.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_no_102.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_no_102.2021.pdf</t>
   </si>
   <si>
     <t>Requer-se seja expedido convite a Secretaria Municipal de Obras solicitando o comparecimento de um ou mais representantes na próxima sessão ordinária da Câmara, a fim de tratar dos projetos e obras em execução no Município.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_no_103.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_no_103.2021.pdf</t>
   </si>
   <si>
     <t>Seja autorizada a tramitação em Regime de Urgência ao Projeto de Lei do Legislativo nº 048/2021 no que trata da criação de Programa Municipal.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_104.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_104.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria de Obras, Secretaria de Agricultura e Secretaria de Meio Ambiente sobre a frota de veículos e equipamentos._x000D_
 a) Quantos carros (automóveis) estão lotados em cada secretaria? Qual as condições e quilometragem de cada um deles?_x000D_
 b) Quais caminhões o município possui? Qual a especificação modelo/placa e onde é utilizado cada um deles?_x000D_
 c) Quais as máquinas o município possui e onde estão sendo utilizadas?_x000D_
 d) Quantos equipamentos (máquinas/caminhões) estão operando e quais estão aguardando manutenção ou estão sucateados? Existe um planejamento de ação para os sucateados?_x000D_
 e) Quais equipamentos da frota (máquina, caminhão) estão lotados em cada secretaria?</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_105.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_105.2021.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria de Obras, informações sobre o local de armazenamento de peças e produtos (almoxarifado) do pátio de obras e pátio de manilhas do município, como:_x000D_
 a) Quais peças e produtos são armazenados no almoxarifado do pátio de obras e no pátio de manilhas?_x000D_
 b) Os pneus novos de automóveis que se encontram armazenados no almoxarifado do pátio de obras foram adquiridos através de qual processo? Por qual motivo não está sendo utilizado?_x000D_
 c) Os filtros de ar e de óleo de máquinas presentes em estoque são compatíveis com a frota do município? Solicito os processos de compra dos últimos 3 anos de filtro de ar e filtro de óleo para as máquinas._x000D_
 d) Solicito o controle de entrada e saída de materiais do almoxarifado do pátio de obras e do pátio de manilha dos últimos 3 anos.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_106.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_106.2021.pdf</t>
   </si>
   <si>
     <t>Requer informação da Secretaria de Obras, Secretaria de Agricultura ou ainda da Secretaria de Administração a respeito do almoço dos servidores lotados nas Secretarias de Obras e Agricultura._x000D_
 a) Como é feito a entrega do almoço pela prestadora de serviço responsável pelas refeições dos servidores das Secretarias de Obras e Agricultura?_x000D_
 b) O município ou a prestadora faz as entregas das refeições para os operadores que se encontram em campo? Onde é entregue? Como é feito essa logística?_x000D_
 c) Caso seja responsabilidade do município fazer o despache dos almoços, qual é a média de gasto de combustível dos últimos 03 meses para fazer a entrega das refeições e a quilometragem percorrida durante esse período? Solicito cópia do controle de frota do veículo utilizado no horário das entregas dos almoços dos últimos 03 meses.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_107.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_107.2021.pdf</t>
   </si>
   <si>
     <t>Requer informação da secretaria de obras a respeito da obra de revitalização do ginásio de esportes “POLACÃO”:_x000D_
 a) Qual era especificação no contrato da obra para as tampas das caixas elétricas das luminárias?_x000D_
 b) Qual o valor estipulado em contrato e pago deste item?_x000D_
 c) A Secretaria tem conhecimento de quantas tampas já estão danificadas?_x000D_
 d) Qual é a ação para essas caixas que se encontram abertas com as tampas quebradas?</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_108.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_108.2021.pdf</t>
   </si>
   <si>
     <t>Requer à Prefeita Municipal informações sobre quais são as áreas públicas existentes nas seguintes comunidades:_x000D_
 a) Turvo de Baixo;_x000D_
 b) Estiva dos Vidal;_x000D_
 c) Caitá.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Jorge Wallace Manfroni, Jackson Felipe Silva Machado de Lima, Jeciel Ferreira Franco, Juliano Orlowski de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_109.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_109.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis, por meio das Secretarias competentes, informações referentes aos exames agendados:_x000D_
 Ordem cronológica para os atendimentos com as devidas especificações e datas.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_110.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_110.2021.pdf</t>
   </si>
   <si>
     <t>Requer, através de ofício, seja convidado o Dr. Matheus Araujo Laiola, D.D. Delegado Titular da Delegacia de Proteção ao Meio Ambiente do Estado do Paraná, para ministrar palestra em nossa cidade com relação aos crimes praticados contra animais (principalmente maus tratos), o trabalho da delegacia, proteção de animais, principais ocorrências, denúncias, entre outros encaminhamentos.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_111.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_111.2021.pdf</t>
   </si>
   <si>
     <t>Inversão de Pauta – Art.83, §3° do Regimento Interno</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_112.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_112.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação, a fim de realizar a 15ª (décima quinta) Sessão Extraordinária ainda na data de hoje dos seguintes projetos:_x000D_
 a) Projeto de Lei nº 043/2021 de iniciativa do Poder Executivo;_x000D_
 b) Projeto de Lei nº 044/2021 de iniciativa do Poder Executivo.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_113.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_113.2021.pdf</t>
   </si>
   <si>
     <t>Requer informações das Secretarias de Saúde, Educação, Assistência Social, Esporte e Meio Ambiente, sobre:_x000D_
 a) Qual é o planejamento de execução e orçamento de cada pasta para o ano de 2022?</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_no_114.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_no_114.2021.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria de Saúde, acesso ao Presidente da Comissão de Saúde desta casa de Leis ao sistema integrado de saúde utilizado nas unidades básicas, ambulatório central e Pronto atendimento._x000D_
 _x000D_
 Pedido de Vista por 5 dias pelo Autor_x000D_
 _x000D_
 Observação:_x000D_
 Retirado</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_115.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_115.2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Prefeita Municipal que seja encaminhada a essa Casa de Leis através das Secretarias competentes, informações referentes ao Parque de Exposições:_x000D_
 Número de ocorrências, vandalismos que aconteceram este ano com descrição do ocorrido;_x000D_
 Cópia dos boletins de ocorrências de 2021, se foram feitos.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_116.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_116.2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado a Prefeita municipal, para que a mesma oficie o governo do estado do paraná com o intuito de assegurar que os valores futuros a serem pagos pela Petrobras ao estado, proveniente da negociação dos Royalties da unidade Six de São Mateus do Sul-PR, gerados e não repassado ao município e ao estado, período de 2002 a 2012, seja investido e aplicado na nossa cidade de São Mateus do Sul- PR e na nossa região.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_117.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_117.2021.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_118.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_118.2021.pdf</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_119.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_119.2021.pdf</t>
   </si>
   <si>
     <t>Tramitação em Regime de Extrema Urgência do Projeto de Lei nº 045/2021 (Do Poder Executivo) solicitada pela Prefeita Municipal.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_120.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_120.2021.pdf</t>
   </si>
   <si>
     <t>Requer relatório quantitativo e se possível dentro da legalidade o envio das representações (Denúncias) de irregularidades recebidas no ano de 2021, sobre a prestação de serviços de saúde no município de São Mateus do Sul-PR, referente as Unidades básica, pronto atendimento e hospital de referência Dr. Paulo Fortes.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_121.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_121.2021.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeita Municipal Edite com URGÊNCIA o Decreto municipal nº 1036/2020, referente a regulamentação e distribuição de recursos captados através da Lei nº14.017 de 2020, (Lei Aldir Blanc)._x000D_
 Com a finalidade de que os valores empenhados e definidos ao Edital I através do decreto, seja automaticamente repassado ao EDITAL II, caso a procura e inscrição do EDITAL I tenha sido baixa.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_122.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_122.2021.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre o sistema de abastecimento de água nas comunidades de Agua Branca e Agua Branca de Baixo: _x000D_
 a) Informações sobre a possibilidade de aumento da vazão para atender mais eficiente e eficaz os cidadãos?_x000D_
 b) Se existem ações executadas ou para executar na rede de distribuição ou no que se refere ao poço em funcionamento?_x000D_
 c) Toda e qualquer informação sobre o assunto que possa ser mencionada.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_123.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_123.2021.pdf</t>
   </si>
   <si>
     <t>Requerer os estudos do transporte público coletivo referente as tarifas apresentadas nos últimos dois anos de maneira ampla e completa.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_124.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_124.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação, a fim de realizar a 18ª (décima oitava) Sessão Extraordinária ainda na data de hoje dos seguintes projetos:_x000D_
 a) Projeto de Lei nº 046/2021 de iniciativa do Poder Executivo em Regime de Urgência;_x000D_
 b) Projeto de Lei nº 047/2021 de iniciativa do Poder Executivo em Regime de Urgência;_x000D_
 c) Projeto de Lei nº 048/2021 de iniciativa do Poder Executivo em Regime de Extrema Urgência;</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_125.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_125.2021.pdf</t>
   </si>
   <si>
     <t>Tramitação em Regime de Extrema Urgência do Projeto de Lei n° 049/2021 (Do Poder Executivo) solicitada pela Prefeita Municipal.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/requerimento_no_126.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/requerimento_no_126.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação, a fim de realizar a 20ª (vigésima) Sessão Extraordinária ainda na data de hoje do Projeto de Lei nº 049/2021 de iniciativa do Poder Executivo em Regime de Extrema Urgência.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>Valter Przywitowski, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso)</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_127.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_127.2021.pdf</t>
   </si>
   <si>
     <t>Requer a apreciação em regime de extrema urgência dos seguintes Projetos de Lei: _x000D_
 (1) PROJETO DE LEI DO LEGISLATIVO Nº 050/2021;_x000D_
 (2) PROJETO DE LEI DO LEGISLATIVO N 058/2021</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>Enéas Jeferson Melnisk, Irineu Lepinski Macuco, Omar Raimundo Picheth Neto, Osvaldo Witonski Kotryk (Parafuso), Valter Przywitowski</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_128.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_128.2021.pdf</t>
   </si>
   <si>
     <t>Tramitação da Moção em regime em Regime de Extrema Urgência.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_129.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_129.2021.pdf</t>
   </si>
   <si>
     <t>RETIRADA do Projeto de Lei do Legislativo n° 033/2021, de nossa autoria, o qual "Dispõe Sobre o Deferimento Para Fornecimento de Serviços de Energia Elétrica" afim de possibilitar as readequações necessárias para o bom andamento do projeto.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_130.2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_130.2021.pdf</t>
   </si>
   <si>
     <t>Redução de interstício regimental para apreciação em 2ª (segunda) discussão e votação, a fim de realizar a 22ª (vigésima segunda) Sessão Extraordinária ainda na data de hoje, referente ao Projeto de Lei nº 050/2021 de iniciativa do Poder Executivo solicitada pela Prefeita Municipal em Regime de Extrema Urgência.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>PRSE</t>
   </si>
   <si>
     <t>Subemenda</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/proposta_de_subemenda_001_2021.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/proposta_de_subemenda_001_2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º do Projeto de Lei nº 026/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8652,67 +8652,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/475/proposta_de_emenda_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/476/proposta_de_emenda_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/477/proposta_de_emenda_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/478/proposta_de_emenda_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/502/proposta_de_emenda_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/588/proposta_de_emenda_aditiva_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/p.emenda_mod._no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/p.emenda_subst._no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao_no_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_no_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_no_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_no_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_no_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_no_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_no_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_no_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_no_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_no_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_no_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_no_0019-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_no_0020-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_no_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_no_0022-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_no_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_no_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_no_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_no_0026-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_no_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_no_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_no_0029-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_no_0030-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_no_0031-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_no_0032-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_no_0033-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_no_0034-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_no_0035-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_no_0037-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_no_0038-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_no_0039-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_0040-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_0041-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_0042-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_0043-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_0044-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_0045-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_0047-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_0048-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_no_0049-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_no_0050-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_0051-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_no_0052-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_0053-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_no_0054-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_0055-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_0056-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_0057-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_no_0058-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_0059-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_no_0060-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_0061-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_no_0062-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_no_0063-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_no_0064-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_no_0065-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_no_0066-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_no_0067-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_no_0068-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_no_0070-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_no_0072-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_no_0073-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_no_0074-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_no_0075-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_no_0076-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_0077-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_0078-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_no_0079-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_no_0080-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_no_0081-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_no_0082-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_no_0083-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_no_0084-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_no_0085-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_no_0086-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_no_0087-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_no_0088-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_no_0089-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_no_0090-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_no_0091-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_no_0093-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_no_0094-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_no_0095-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_no_0096-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_no_0097-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_no_0098-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_no_0099-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_no_0100-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_no_0101-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_0102-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_no_0103-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_no_0104-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_no_0105-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_no_0106-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_no_0107-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_no_0108-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_no_0109-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_no_0110-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_no_0111-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_no_0112-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_0113-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_no_0114-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_0115-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_0116-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_no_0117-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_0118-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_0119-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_0120-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_no_0121-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_0122-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_no_0123-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_no_0124-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_no_0125-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no_0126-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_0127-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no_0128-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_0129-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no_0130-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_0131-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no_0132-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no_0133-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no_0134-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_0135-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_0136-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_no_0137-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_no_0139-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_0140-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_0141-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_no_0142-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_0143-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_0144-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_0145-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_0146-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_0147-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_0148-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_0149-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_no_0150-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_no_0151-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_no_0152-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_no_0153-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_no_0154-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_no_0155-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_no_0156-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_no_0157-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_no_0158-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_no_0159-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_no_0160-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_no_0161-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_no_0162-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_no_0163-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_no_0165-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_no_0166-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_no_0167-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_no_0168-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_no_0169-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_0170-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_0171-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_0172-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_0173-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_0174-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_0175-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_0176-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no_0177-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no_0178-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no_0180-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no_0181-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no_0182-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no_0183-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_0184-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no_0185-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no_0186-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no_0187-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no_0188-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no_0189-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no_0190-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no_0191-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no_0192-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no_0193-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/471/indicacao_no_0223-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/470/indicacao_no_224.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no_0225-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no_0226-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no_0227-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no_0228-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no_0229-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no_0230-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_231.2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no_0232-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no_0233-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no_0234-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no_0235-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/463/indicacao_no_0236-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_no_0237-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_no_0238-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/466/indicacao_no_0239-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_no_0240-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_0241-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_242.2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_243.2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_244.2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_245.2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_246.2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_247.2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_248.2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_249.2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no_250.2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_251.2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_252.2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no_253.2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_254.2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_255.2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no_256.2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_257.2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_258.2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_259.2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_260.2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_261.2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_262.2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no_263.2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_264.2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_265.2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_266.2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_267.2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_268.2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_269.2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_no_270.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_no_271.2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_no_272.2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/552/indicacao_no_273.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/553/indicacao_no_274.2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_no_275.2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no_276.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no_277.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no_278.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no_279.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_280.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_281.2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_282.2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_283.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_284.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_285.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no_286.2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_287.2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no_288.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_289.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_290.2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no_291.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_292.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_293.2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no_294.2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_295.2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_296.2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no_297.2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no_298.2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no_299.2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_300.2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_301.2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_302.2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_303.2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_304.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_305.2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_307.2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_308.2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no_309.2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_311.2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no_312.2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_313.2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_314.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/607/indicacao_no_315.2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_316.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/609/indicacao_no_317.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_318.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_319.2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/612/indicacao_no_320.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/613/indicacao_no_321.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/614/indicacao_no_322.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/618/indicacao_no_323.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/619/indicacao_no_324.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/620/indicacao_no_325.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/621/indicacao_no_326.2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/622/indicacao_no_327.2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/623/indicacao_no_328.2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/624/indicacao_no_329.2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_no_330.2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_no_331.2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_no_332.2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_no_333.2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_no_334.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_no_335.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_no_336.2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_no_337.2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_no_338.2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_no_339.2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_no_340.2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_no_341.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_no_342.2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_no_343.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_no_344.2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_no_345.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_no_346.2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_no_347.2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_no_348.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_no_349.2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_no_350.2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_no_351.2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_no_352.2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_no_353.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_no_354.2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_no_355.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_no_356.2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_no_357.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_no_358.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_no_359.2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_no_360.2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_no_361.2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_no_362.2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_no_363.2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_no_364.2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_no_365.2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_no_366.2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_no_367.2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_no_368.2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_no_369.2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_no_370.2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_no_371.2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_no_372.2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_373.2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_no_374.2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_no_375.2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_376.2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_377.2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_378.2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_379.2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_380.2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_381.2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_382.2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_383.2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_384.2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_385.2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_386.2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_387.2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_388.2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_389.2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_no_390.2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_no_391.2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_no_392.2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_no_393.2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_no_394.2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_no_395.2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_no_396.2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_no_397.2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_no_398.2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_no_399.2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_no_401.2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_no_402.2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_no_403.2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_no_404.2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_no_405.2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_no_406.2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_no_407.2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_no_408.2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_no_409.2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_no_410.2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_no_411.2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_no_412.2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_no_413.2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_no_414.2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_no_415.2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_no_416.2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_no_417.2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_no_418.2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_no_419.2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_no_420.2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_no_421.2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_no_422.2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_no_423.2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_no_424.2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_no_426.2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_no_427.2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_no_428.2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_no_429.2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_no_430.2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_no_431.2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_no_432.2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_no_433.2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_no_434.2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_no_435.2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_no_437.2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_no_438.2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_no_440.2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_no_441.2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/indicacao_no_442.2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/indicacao_no_443.2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_no_444.2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_no_445.2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_no_446.2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_no_447.2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_no_448.2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_no_449.2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_no_450.2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_no_451.2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_no_452.2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_no_453.2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_no_454.2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_no_455.2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_no_456.2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_no_457.2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/indicacao_no_458.2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/indicacao_no_459.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/indicacao_no_460.2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/indicacao_no_461.2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_no_462.2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_no_463.2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_no_464.2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_no_465.2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_no_466.2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_no_467.2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_no_468.2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_no_469.2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_no_470.2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_no_471.2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_no_472.2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_no_473.2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_no_474.2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_no_475.2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_no_476.2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_no_477.2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_no_478.2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_no_479.2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_no_480.2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_no_481.2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_no_482.2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_no_483.2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_no_484.2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_no_485.2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_no_486.2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_no_487.2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_no_488.2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_no_489.2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_no_490.2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_no_491.2021.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_no_492.2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_no_493.2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_no_494.2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_no_495.2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_no_496.2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_no_497.2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_no_498.2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_no_499.2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_no_500.2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_no_501.2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_no_502.2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_no_503.2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_no_504.2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_no_505.2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_no_506.2021.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_no_507.2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_no_508.2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_no_509.2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_no_510.2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_no_511.2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_no_512.2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_no_513.2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_no_514.2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_no_515.2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_no_516.2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_no_517.2021.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_no_518.2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_no_519.2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_no_520.2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_no_521.2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_no_522.2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_no_523.2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_no_524.2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_no_525.2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_no_527.2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_528.2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_no_529.2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_no_530.2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_no_531.2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_no_532.2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_no_533.2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_no_534.2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_no_535.2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_no_536.2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_no_537.2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_no_538.2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_539.2021.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_no_540.2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_no_541.2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_no_542.2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_no_543.2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_no_544.2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_no_545.2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_no_546.2021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_no_547.2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_no_548.2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_549.2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_no_550.2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_no_551.2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_no_552.2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_no_553.2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_no_554.2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_no_555.2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_no_556.2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_no_557.2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_no_558.2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_no_559.2021.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_no_560.2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_no_561.2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_no_562.2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_no_563.2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_no_564.2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_no_565.2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_no_566.2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_no_567.2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_no_568.2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_no_569.2021.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/631/mocao_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/mocao_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/632/mocao_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/mocao_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/mocao_5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/mocao_6.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/mocao_7.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/mocao_8_2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/mocao_9_2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/mocao_10_2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/mocao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/mocao_12_2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/mocao_13_2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/mocao_14_2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/mocao_15_2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_do_executivo_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_do_executivo_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_do_executivo_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_do_executivo_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_de_lei_do_executivo_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_do_executivo_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_do_executivo_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_do_executivo_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_do_executivo_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_do_executivo_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/46/projeto_de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/385/projeto_de_lei_do_executivo_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_do_executivo_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_do_executivo_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_lei_no_016.2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/474/projeto_de_lei_do_executivo_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/489/projeto_de_lei_do_executivo_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_n_019.2021.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_lei_n_020.2021.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_n_021.2021.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/577/projeto_de_lei_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_de_lei_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_de_lei_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_de_lei_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/projeto_de_lei_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_de_lei_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_no_034.2021.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_no_035.2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/projeto_de_lei_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/projeto_de_lei_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_no_039.2021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_lei_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_de_lei_no_043.2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/projeto_de_lei_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/967/projeto_de_lei_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/projeto_de_lei_no_047.2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/projeto_de_lei_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/projeto_de_lei_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_do_executivo_50_2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_lei_complementar_do_executivo_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_complementar_do_executivo_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_complementar_do_executivo_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/projeto_de_lei_complementar_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/48/projeto_de_lei_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/50/projeto_de_lei_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/501/projeto_de_lei_do_legislativo_no_010.2021_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_de_lei_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/384/projeto_de_lei_do_legislativo_no_015.2021_-_valter_-_schramm-1_v2.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/449/projeto_de_lei_no_019.2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_do_legislativo_no_020.2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_do_legislativo_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_lei_do_legislativo_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_lei_do_legislativo_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_lei_do_legislativo_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_de_lei_do_legislativo_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/594/projeto_de_lei_do_legislativo_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_do_legislativo_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_de_lei_do_legislativo_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_de_lei_do_legislativo_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_do_legislativo_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_do_legislativo_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_de_lei_do_legislativo_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_do_legislativo_034.2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_do_legislativo_no_035.2021.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_do_legislativo_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_do_legislativo_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_do_legislativo_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_do_legislativo_no_039.2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/projeto_de_lei_do_legislativo_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_de_lei_do_legislativo_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_de_lei_do_legislativo_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_do_legislativo_043.2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_do_legislativo_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/projeto_de_lei_do_legislativo_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_do_legislativo_no_047.2021_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_do_legislativo_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/redacao_final_-_pll_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_do_legislativo_no_050.2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_do_legislativo_no_051.2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_do_legislativo_no_052.2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_do_legislativo_no_053.2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_do_legislativo_no_054.2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_do_legislativo_no_055.2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_do_legislativo_no_056.2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_do_legislativo_no_057.2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_do_legislativo_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/85/projeto_de_resolucao_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_resolucao_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_resolucao_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_de_resolucao_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_resolucao_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_resolucao_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_no_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_no_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_0019-2021.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_0020-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_no_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_no_0022-2021.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_no_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_0026-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_no_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_0029-2021.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_0030-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_0031-2021.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_0035-2021.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/534/requerimento_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/535/requerimento_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/536/requerimento_no_043.2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/537/requerimento_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/538/requerimento_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/542/requerimento_no_047.2021.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/546/requerimento_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_050.2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_051.2021.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_052.2021.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_no_053.2021.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_no_054.2021.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_no_055.2021.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_no_057.2021.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_no_059.2021.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_no_060.2021.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_no_061.2021_.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_no_062.2021_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_no_063.2021.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_no_064.2021.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_no_065.2021.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_no_066.2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_no_067.2021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_no_068.2021.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_no_069.2021.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_no_070.2021.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_no_071.2021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_no_072.2021.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_no_073.2021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_074.2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_no_075.2021.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_no_076.2021.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/766/requerimento_no_077.2021.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_no_078.2021.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_no_079.2021.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_no_080.2021.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_no_081.2021.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_no_082.2021.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_no_083.2021.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_no_084.2021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_085.2021.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_086.2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_087.2021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_088.2021.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_089.2021.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_no_090.2021.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_no_091.2021.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_092.2021.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_093.2021.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_no_094.2021.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_no_095.2021.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_096.2021.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_097.2021.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_098.2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_099.2021.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_100.2021.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_no_101.2021.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_no_102.2021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_no_103.2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_104.2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_105.2021.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_106.2021.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_107.2021.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_108.2021.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_109.2021.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_110.2021.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_111.2021.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_112.2021.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_113.2021.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_no_114.2021.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_115.2021.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_116.2021.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_117.2021.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_118.2021.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_119.2021.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_120.2021.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_121.2021.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_122.2021.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_123.2021.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_124.2021.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_125.2021.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/requerimento_no_126.2021.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_127.2021.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_128.2021.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_129.2021.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_130.2021.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/proposta_de_subemenda_001_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/475/proposta_de_emenda_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/476/proposta_de_emenda_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/477/proposta_de_emenda_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/478/proposta_de_emenda_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/502/proposta_de_emenda_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/588/proposta_de_emenda_aditiva_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/741/p.emenda_mod._no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/742/p.emenda_subst._no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_no_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_no_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao_no_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_no_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_no_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_no_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_no_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_no_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_no_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_no_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_no_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_no_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_no_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_no_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_no_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_no_0019-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_no_0020-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_no_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_no_0022-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_no_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_no_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_no_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_no_0026-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_no_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_no_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_no_0029-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_no_0030-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_no_0031-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_no_0032-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_no_0033-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_no_0034-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_no_0035-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_no_0037-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_no_0038-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_no_0039-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_no_0040-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_no_0041-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_no_0042-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_no_0043-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_no_0044-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_no_0045-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_no_0047-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_no_0048-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_no_0049-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_no_0050-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_no_0051-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_no_0052-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_no_0053-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_no_0054-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_no_0055-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_no_0056-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_no_0057-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_no_0058-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_no_0059-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_no_0060-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_no_0061-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_no_0062-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_no_0063-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_no_0064-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_no_0065-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_no_0066-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_no_0067-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_no_0068-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_no_0070-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_no_0072-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_no_0073-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_no_0074-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_no_0075-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_no_0076-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_no_0077-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_no_0078-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_no_0079-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_no_0080-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_no_0081-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_no_0082-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_no_0083-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_no_0084-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_no_0085-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_no_0086-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_no_0087-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_no_0088-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_no_0089-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_no_0090-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_no_0091-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_no_0093-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_no_0094-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_no_0095-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_no_0096-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_no_0097-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_no_0098-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_no_0099-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_no_0100-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_no_0101-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_0102-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_no_0103-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_no_0104-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_no_0105-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_no_0106-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_no_0107-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_no_0108-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_no_0109-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_no_0110-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_no_0111-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_no_0112-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_no_0113-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_no_0114-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_no_0115-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_no_0116-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_no_0117-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_no_0118-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_no_0119-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_no_0120-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_no_0121-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_no_0122-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_no_0123-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_no_0124-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_no_0125-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_no_0126-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_no_0127-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_no_0128-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_no_0129-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_no_0130-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_no_0131-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_no_0132-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_no_0133-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_no_0134-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_no_0135-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_no_0136-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_no_0137-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_no_0139-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_no_0140-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_no_0141-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_no_0142-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_no_0143-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_no_0144-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_no_0145-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_no_0146-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_no_0147-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_no_0148-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_no_0149-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_no_0150-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_no_0151-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_no_0152-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_no_0153-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_no_0154-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_no_0155-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_no_0156-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_no_0157-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_no_0158-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_no_0159-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_no_0160-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_no_0161-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_no_0162-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_no_0163-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_no_0165-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_no_0166-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_no_0167-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_no_0168-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_no_0169-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_no_0170-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_no_0171-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no_0172-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no_0173-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no_0174-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no_0175-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no_0176-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no_0177-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no_0178-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no_0180-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no_0181-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no_0182-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no_0183-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no_0184-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no_0185-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no_0186-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no_0187-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no_0188-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no_0189-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no_0190-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no_0191-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no_0192-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no_0193-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/471/indicacao_no_0223-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/470/indicacao_no_224.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no_0225-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no_0226-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no_0227-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no_0228-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no_0229-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no_0230-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no_231.2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no_0232-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no_0233-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no_0234-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no_0235-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/463/indicacao_no_0236-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_no_0237-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_no_0238-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/466/indicacao_no_0239-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_no_0240-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_no_0241-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no_242.2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no_243.2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no_244.2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no_245.2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no_246.2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no_247.2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no_248.2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no_249.2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no_250.2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no_251.2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no_252.2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no_253.2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no_254.2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no_255.2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no_256.2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no_257.2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/521/indicacao_no_258.2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no_259.2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no_260.2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no_261.2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no_262.2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no_263.2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no_264.2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no_265.2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no_266.2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no_267.2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no_268.2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no_269.2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_no_270.2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_no_271.2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_no_272.2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/552/indicacao_no_273.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/553/indicacao_no_274.2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_no_275.2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no_276.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no_277.2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no_278.2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no_279.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_280.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_281.2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_282.2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_283.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no_284.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no_285.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no_286.2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no_287.2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no_288.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no_289.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no_290.2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no_291.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no_292.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no_293.2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no_294.2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no_295.2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no_296.2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no_297.2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no_298.2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no_299.2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no_300.2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no_301.2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no_302.2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no_303.2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no_304.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no_305.2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no_307.2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no_308.2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no_309.2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no_311.2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no_312.2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no_313.2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_no_314.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/607/indicacao_no_315.2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/608/indicacao_no_316.2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/609/indicacao_no_317.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/610/indicacao_no_318.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/611/indicacao_no_319.2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/612/indicacao_no_320.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/613/indicacao_no_321.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/614/indicacao_no_322.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/618/indicacao_no_323.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/619/indicacao_no_324.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/620/indicacao_no_325.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/621/indicacao_no_326.2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/622/indicacao_no_327.2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/623/indicacao_no_328.2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/624/indicacao_no_329.2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_no_330.2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_no_331.2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/635/indicacao_no_332.2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_no_333.2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_no_334.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/638/indicacao_no_335.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/639/indicacao_no_336.2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_no_337.2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_no_338.2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_no_339.2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_no_340.2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_no_341.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_no_342.2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_no_343.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_no_344.2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_no_345.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_no_346.2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/650/indicacao_no_347.2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/653/indicacao_no_348.2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/654/indicacao_no_349.2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/655/indicacao_no_350.2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/656/indicacao_no_351.2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/657/indicacao_no_352.2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/658/indicacao_no_353.2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/659/indicacao_no_354.2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/660/indicacao_no_355.2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/661/indicacao_no_356.2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_no_357.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_no_358.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_no_359.2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_no_360.2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_no_361.2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_no_362.2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/678/indicacao_no_363.2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_no_364.2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_no_365.2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_no_366.2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_no_367.2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_no_368.2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/684/indicacao_no_369.2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/685/indicacao_no_370.2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_no_371.2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_no_372.2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_no_373.2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_no_374.2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_no_375.2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_no_376.2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_no_377.2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_no_378.2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_no_379.2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_no_380.2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_no_381.2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_no_382.2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_no_383.2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_no_384.2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/715/indicacao_no_385.2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_no_386.2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/717/indicacao_no_387.2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_no_388.2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_no_389.2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_no_390.2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_no_391.2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/722/indicacao_no_392.2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/723/indicacao_no_393.2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/724/indicacao_no_394.2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_no_395.2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_no_396.2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/727/indicacao_no_397.2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/728/indicacao_no_398.2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/729/indicacao_no_399.2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_no_401.2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_no_402.2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_no_403.2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_no_404.2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_no_405.2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_no_406.2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_no_407.2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_no_408.2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_no_409.2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_no_410.2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_no_411.2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_no_412.2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_no_413.2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_no_414.2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_no_415.2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/758/indicacao_no_416.2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_no_417.2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_no_418.2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_no_419.2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_no_420.2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_no_421.2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_no_422.2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_no_423.2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_no_424.2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_no_426.2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_no_427.2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_no_428.2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_no_429.2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/772/indicacao_no_430.2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_no_431.2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_no_432.2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_no_433.2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_no_434.2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_no_435.2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/780/indicacao_no_437.2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_no_438.2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_no_440.2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/773/indicacao_no_441.2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/787/indicacao_no_442.2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/788/indicacao_no_443.2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/789/indicacao_no_444.2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/790/indicacao_no_445.2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/791/indicacao_no_446.2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_no_447.2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_no_448.2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_no_449.2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_no_450.2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_no_451.2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_no_452.2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_no_453.2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_no_454.2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/800/indicacao_no_455.2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_no_456.2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_no_457.2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/803/indicacao_no_458.2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/804/indicacao_no_459.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/805/indicacao_no_460.2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/806/indicacao_no_461.2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_no_462.2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_no_463.2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_no_464.2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_no_465.2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_no_466.2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_no_467.2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_no_468.2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_no_469.2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_no_470.2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_no_471.2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_no_472.2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_no_473.2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_no_474.2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_no_475.2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_no_476.2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_no_477.2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_no_478.2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_no_479.2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_no_480.2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_no_481.2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_no_482.2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_no_483.2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_no_484.2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_no_485.2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_no_486.2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_no_487.2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_no_488.2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_no_489.2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_no_490.2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_no_491.2021.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_no_492.2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_no_493.2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_no_494.2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_no_495.2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_no_496.2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_no_497.2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_no_498.2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_no_499.2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_no_500.2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_no_501.2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_no_502.2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_no_503.2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_no_504.2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_no_505.2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_no_506.2021.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_no_507.2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_no_508.2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_no_509.2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_no_510.2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_no_511.2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_no_512.2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_no_513.2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_no_514.2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_no_515.2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_no_516.2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_no_517.2021.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_no_518.2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_no_519.2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_no_520.2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_no_521.2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_no_522.2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_no_523.2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_no_524.2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_no_525.2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_no_527.2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_528.2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_no_529.2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_no_530.2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_no_531.2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_no_532.2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_no_533.2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_no_534.2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_no_535.2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_no_536.2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_no_537.2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_no_538.2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_539.2021.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_no_540.2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_no_541.2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_no_542.2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_no_543.2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_no_544.2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_no_545.2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_no_546.2021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_no_547.2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_no_548.2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_549.2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_no_550.2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_no_551.2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_no_552.2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_no_553.2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_no_554.2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_no_555.2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_no_556.2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_no_557.2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_no_558.2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_no_559.2021.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_no_560.2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_no_561.2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_no_562.2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_no_563.2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_no_564.2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_no_565.2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_no_566.2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_no_567.2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_no_568.2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_no_569.2021.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/631/mocao_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/996/mocao_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/632/mocao_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/966/mocao_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/997/mocao_5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/998/mocao_6.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/999/mocao_7.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/mocao_8_2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/mocao_9_2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/mocao_10_2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/mocao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/mocao_12_2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/mocao_13_2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/mocao_14_2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/mocao_15_2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_do_executivo_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_do_executivo_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_do_executivo_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_do_executivo_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_de_lei_do_executivo_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_do_executivo_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_do_executivo_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_do_executivo_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_do_executivo_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_do_executivo_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/46/projeto_de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/385/projeto_de_lei_do_executivo_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/386/projeto_de_lei_do_executivo_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_do_executivo_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_lei_no_016.2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/474/projeto_de_lei_do_executivo_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/489/projeto_de_lei_do_executivo_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/511/projeto_de_lei_n_019.2021.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_lei_n_020.2021.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_lei_n_021.2021.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/577/projeto_de_lei_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_de_lei_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_de_lei_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/629/projeto_de_lei_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_de_lei_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/652/projeto_de_lei_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_de_lei_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/693/projeto_de_lei_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/731/projeto_de_lei_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_de_lei_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_no_034.2021.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_no_035.2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/831/projeto_de_lei_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/832/projeto_de_lei_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_no_039.2021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/910/projeto_de_lei_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/911/projeto_de_lei_no_043.2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/912/projeto_de_lei_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/967/projeto_de_lei_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/968/projeto_de_lei_no_047.2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/969/projeto_de_lei_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/970/projeto_de_lei_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_do_executivo_50_2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/84/projeto_de_lei_complementar_do_executivo_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_complementar_do_executivo_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/490/projeto_de_lei_complementar_do_executivo_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/869/projeto_de_lei_complementar_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/48/projeto_de_lei_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/50/projeto_de_lei_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_0007-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/55/projeto_de_lei_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/501/projeto_de_lei_do_legislativo_no_010.2021_-_revisao.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/382/projeto_de_lei_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/384/projeto_de_lei_do_legislativo_no_015.2021_-_valter_-_schramm-1_v2.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/449/projeto_de_lei_no_019.2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_do_legislativo_no_020.2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_do_legislativo_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_lei_do_legislativo_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_lei_do_legislativo_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_lei_do_legislativo_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_de_lei_do_legislativo_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/594/projeto_de_lei_do_legislativo_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_do_legislativo_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_de_lei_do_legislativo_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_de_lei_do_legislativo_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_do_legislativo_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/667/projeto_de_lei_do_legislativo_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/694/projeto_de_lei_do_legislativo_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_de_lei_do_legislativo_034.2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_de_lei_do_legislativo_no_035.2021.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_do_legislativo_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_do_legislativo_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_de_lei_do_legislativo_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_de_lei_do_legislativo_no_039.2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/744/projeto_de_lei_do_legislativo_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_de_lei_do_legislativo_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/767/projeto_de_lei_do_legislativo_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_do_legislativo_043.2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_do_legislativo_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/836/projeto_de_lei_do_legislativo_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/projeto_de_lei_do_legislativo_no_047.2021_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_do_legislativo_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/886/redacao_final_-_pll_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_do_legislativo_no_050.2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_do_legislativo_no_051.2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_do_legislativo_no_052.2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_do_legislativo_no_053.2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_do_legislativo_no_054.2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_do_legislativo_no_055.2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_do_legislativo_no_056.2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_do_legislativo_no_057.2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_do_legislativo_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/85/projeto_de_resolucao_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_resolucao_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/394/projeto_de_resolucao_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/395/projeto_de_resolucao_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/396/projeto_de_resolucao_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_resolucao_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_0001-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_0002-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_0003-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_0004-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_0005-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_0006-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_0008-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_no_0009-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/17/requerimento_no_0010-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_0011-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_0012-2021.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_0014-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_0015-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_0016-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_0017-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_0018-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_0019-2021.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_0020-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_no_0021-2021.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/29/requerimento_no_0022-2021.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento_no_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_0026-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_no_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_0029-2021.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_0030-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_0031-2021.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_0035-2021.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_036.2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_037.2021.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_038.2021.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_040.2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/534/requerimento_no_041.2021.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/535/requerimento_no_042.2021.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/536/requerimento_no_043.2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/537/requerimento_no_044.2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/538/requerimento_no_045.2021.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento_no_046.2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/542/requerimento_no_047.2021.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/546/requerimento_no_048.2021.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_049.2021.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_050.2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_051.2021.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_052.2021.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_no_053.2021.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_no_054.2021.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_no_055.2021.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_no_057.2021.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_no_058.2021.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_no_059.2021.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_no_060.2021.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_no_061.2021_.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_no_062.2021_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_no_063.2021.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_no_064.2021.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_no_065.2021.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_no_066.2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_no_067.2021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_no_068.2021.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_no_069.2021.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_no_070.2021.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_no_071.2021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_no_072.2021.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_no_073.2021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_074.2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_no_075.2021.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_no_076.2021.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/766/requerimento_no_077.2021.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_no_078.2021.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_no_079.2021.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_no_080.2021.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_no_081.2021.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_no_082.2021.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_no_083.2021.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_no_084.2021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_085.2021.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_086.2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_087.2021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_088.2021.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_089.2021.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_no_090.2021.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_no_091.2021.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_092.2021.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_093.2021.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_no_094.2021.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_no_095.2021.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_096.2021.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_097.2021.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_098.2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_099.2021.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_100.2021.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_no_101.2021.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_no_102.2021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_no_103.2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_104.2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_105.2021.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_106.2021.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_107.2021.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_108.2021.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_109.2021.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_110.2021.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_111.2021.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_112.2021.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_113.2021.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_no_114.2021.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_115.2021.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_116.2021.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_117.2021.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_118.2021.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_119.2021.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_120.2021.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_121.2021.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_122.2021.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_123.2021.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_124.2021.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_125.2021.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/976/requerimento_no_126.2021.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_127.2021.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_128.2021.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_129.2021.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_130.2021.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2021/749/proposta_de_subemenda_001_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H827"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="221.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>