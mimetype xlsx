--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Nereu Edmundo Dal-Lago, Edival Ferreira Guimarães, Geraldo Altevir de Paula e Silva, Miguel Ângelo Pissini Magnani Junior</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_0001-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_0001-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 2.431/2014 que Institui o Plano de Carreira dos Servidores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_0002-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_0002-2018.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 2.680, de 22 de junho de 2016, que institui o Fundo Financeiro da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Geraldo Altevir de Paula e Silva</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_0003-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_0003-2018.pdf</t>
   </si>
   <si>
     <t>Concede título de “Cidadã Honorária de São Mateus do Sul” a Senhora ADELAIDE GONZALEZ MINERVINI.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Nereu Edmundo Dal-Lago</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_0004-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_0004-2018.pdf</t>
   </si>
   <si>
     <t>Denomina Rua de nossa cidade de "Rua Iloi Cechinatto".</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_0005-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_0005-2018.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores efetivos, comissionados e agentes políticos da Câmara Municipal e reajuste aos servidores efetivos e comissionados da Câmara Municipal de São Mateus do Sul – PR.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_0006-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_0006-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento prioritário às pessoas que especifica nos estabelecimentos empresariais, de serviços e similares de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Marta Regina Centa</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_0007-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_0007-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a certificação de líderes comunitários no Município de São Mateus do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jackson Felipe Silva Machado de Lima</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_0008-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_0008-2018.pdf</t>
   </si>
   <si>
     <t>Denomina Rua de nosso município como "Rua Dr. Orlando Mayer".</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernanda Garcia Sardanha</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_0009-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_0009-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 8 o ao artigo 1º da Lei Municipal 2.574/15, que autoriza o Município de São Mateus do Sul a implantar o programa "Aluguel social" e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_0010-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_0010-2018.pdf</t>
   </si>
   <si>
     <t>Concede título de "Cidadão Honorário de São Mateus do Sul" ao Pr. ALBARI MOREIRA PINTO e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_0011-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_0011-2018.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Combate a violência contra a Mulher no Município de São Mateus do Sul, e dá outras providências</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Fernanda Garcia Sardanha, Marta Regina Centa</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_0012-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_0012-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e inclusão no Calendário Oficial de Festas e Comemorações do Município a "Semana Municipal -Quebrando o Silêncio".</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_0014-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_0014-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre critérios para o desembarque de mulheres, idosos e pessoas com deficiência, fora da parada de ônibus, em período noturno nos veículos de transporte coletivo do Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_0015-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_0015-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a priorizar a inclusão da mulher que sofreu violência doméstica ao mercado de trabalho.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_0016-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_0016-2018.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Idoso no âmbito do Município de São Mateus do Sul, Estado do Paraná.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_0017-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_0017-2018.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de parceria público-privada para fornecimento de pedra/calcário ao agricultor São-Mateusense.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Geraldo Altevir de Paula e Silva, Fernanda Garcia Sardanha, Julio Flavio Balkowski Júnior, Marta Regina Centa, Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_0018-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_0018-2018.pdf</t>
   </si>
   <si>
     <t>Altera o § 1° do artigo 42 da Lei n°. 2.861, de 17 de julho de 2018 que Dispõe sobre ações prioritárias da Administração Pública Municipal, Metas e Riscos Fiscais, Diretrizes Gerais para elaboração da Proposta Orçamentária e Normas de Execução Financeira a serem executadas pelo Município de São Mateus do Sul, para o exercício de 201 9, e dá outras providências .</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_0019-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_0019-2018.pdf</t>
   </si>
   <si>
     <t>Denomina Auditório Afonso Nepomuceno Franco o espaço que menciona e da outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_0021-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_0021-2018.pdf</t>
   </si>
   <si>
     <t>Concede título de "Vulto Emérito de São Mateus do Sul" ao Senhor WILCEU KOTRICH.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_0022-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_0022-2018.pdf</t>
   </si>
   <si>
     <t>Concede título de "Cidadão Honorário" de São Mateus do Sul ao Senhor IVANES TORTELLI.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_0001-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_0001-2018.pdf</t>
   </si>
   <si>
     <t>Altera o § 2° do artigo 121 da Lei Complementar n°. 028/06, que institui o Código de Posturas no âmbito do Município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/239/projeto_de_resolucao_0001-2018.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/239/projeto_de_resolucao_0001-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n° 001/2017 – que dispõe sobre a organização do Quadro de Pessoal e Estrutura Administrativa da Câmara Municipal de São Mateus do Sul.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -684,68 +684,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_0001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_0002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_0003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_0004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_0005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_0006-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_0007-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_0008-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_0009-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_0010-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_0011-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_0012-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_0014-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_0015-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_0016-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_0017-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_0018-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_0019-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_0021-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_0022-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_0001-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/239/projeto_de_resolucao_0001-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/273/projeto_de_lei_0001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/274/projeto_de_lei_0002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/275/projeto_de_lei_0003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/276/projeto_de_lei_0004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/277/projeto_de_lei_0005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/278/projeto_de_lei_0006-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/279/projeto_de_lei_0007-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/280/projeto_de_lei_0008-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/281/projeto_de_lei_0009-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_de_lei_0010-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_de_lei_0011-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_de_lei_0012-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_de_lei_0014-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_de_lei_0015-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_de_lei_0016-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/288/projeto_de_lei_0017-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_de_lei_0018-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/290/projeto_de_lei_0019-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/291/projeto_de_lei_0021-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/292/projeto_de_lei_0022-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/248/projeto_de_lei_complementar_0001-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2018/239/projeto_de_resolucao_0001-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="123.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>