--- v0 (2025-11-06)
+++ v1 (2026-03-24)
@@ -54,342 +54,342 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Nereu Edmundo Dal-Lago</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/293/projeto_de_lei_0001-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/293/projeto_de_lei_0001-2017.pdf</t>
   </si>
   <si>
     <t>Concede o Título de "Vulto Emérito de São Mateus do Sul" ao Dr. FÁBIO BASTOS STICA</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/294/projeto_de_lei_0002-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/294/projeto_de_lei_0002-2017.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimentos dos cargos comissionados do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/295/projeto_de_lei_0003-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/295/projeto_de_lei_0003-2017.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo de Administrador incluído no anexo II da Lei nº 2.431/2014, através da Lei nº 2.585/2015 que altera o Plano de Carreira dos Servidores da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/296/projeto_de_lei_0004-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/296/projeto_de_lei_0004-2017.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento do Município em favor da Câmara Municipal, crédito especial no valor total de R$ 3.630,89 para os fins que específica.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marta Regina Centa</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/297/projeto_de_lei_0006-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/297/projeto_de_lei_0006-2017.pdf</t>
   </si>
   <si>
     <t>Denomina rua do Loteamento Witkowski na Vila Amaral de "Rua Luis Fioravante"</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/298/projeto_de_lei_0007-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/298/projeto_de_lei_0007-2017.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 6º e 19, inciso I, da Lei nº 2.431/2014 que criou o Plano de Carreira dos Servidores do Legislativo Municipal</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/299/projeto_de_lei_0010-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/299/projeto_de_lei_0010-2017.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.023/2011 que proíbe o uso de telefone móvel (celular) nas agências bancárias no âmbito do município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/300/projeto_de_lei_0011-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/300/projeto_de_lei_0011-2017.pdf</t>
   </si>
   <si>
     <t>Concede o Título de "Cidadão Honorário de São Mateus do Sul" ao senhor CARLOS LUIZ ALVES.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Fernanda Garcia Sardanha, Julio Flavio Balkowski Júnior</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/301/projeto_de_lei_0012-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/301/projeto_de_lei_0012-2017.pdf</t>
   </si>
   <si>
     <t>Concede título de "Cidadã Honorária de São Mateus do Sul" para Marly Terezinha Perrelli.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/302/projeto_de_lei_0013-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/302/projeto_de_lei_0013-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estágio de estudantes na Câmara Municipal de São Mateus do Sul e autoriza a cessão de estagiários para órgãos da administração pública direta e indireta da União, Estados e Municípios</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Fernanda Garcia Sardanha</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/303/projeto_de_lei_0015-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/303/projeto_de_lei_0015-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a colocação de placas para denominação de localidades rurais, indicação de pontos turísticos no Município de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/304/projeto_de_lei_0016-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/304/projeto_de_lei_0016-2017.pdf</t>
   </si>
   <si>
     <t>Concede título de "Cidadão Honorário de São Mateus do Sul" para o Senhor "OSMAR FERNANDES DIAS"</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/305/projeto_de_lei_0017-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/305/projeto_de_lei_0017-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Valorização da Vida.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/306/projeto_de_lei_0018-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/306/projeto_de_lei_0018-2017.pdf</t>
   </si>
   <si>
     <t>Revoga os inciso XII da Lei n° 2.501/2014 que institui normas para declaração de utilidade pública no âmbito do Município de São Mateus do Sul, e dá outras providencias.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Geraldo Altevir de Paula e Silva, Nereu Edmundo Dal-Lago</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/307/projeto_de_lei_0019-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/307/projeto_de_lei_0019-2017.pdf</t>
   </si>
   <si>
     <t>Concede título de “Cidadã Honorária de São Mateus do Sul” a Drª GENESI NALIN BETANIN”</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/308/projeto_de_lei_0020-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/308/projeto_de_lei_0020-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de as instituições financeiras manterem armários guarda-volumes à disposição dos usuários, no âmbito do município de São Mateus do Sul.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Miguel Ângelo Pissini Magnani Junior, Geraldo Altevir de Paula e Silva</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/309/projeto_de_lei_0021-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/309/projeto_de_lei_0021-2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE VOLUNTARIADO NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE SÃO MATEUS DO SUL.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/249/projeto_de_lei_complementar_0001-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/249/projeto_de_lei_complementar_0001-2017.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Complementar nº 009/2004 que dispõe sobre a cobrança da taxa anual de combate a incêndios, e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Omar Raimundo Picheth Neto, Edival Ferreira Guimarães, Marta Regina Centa</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/246/projeto_de_decreto_legislativo_0001-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/246/projeto_de_decreto_legislativo_0001-2017.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo Municipal referente ao exercício financeiro de 2013.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/240/projeto_de_resolucao_0001-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/240/projeto_de_resolucao_0001-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização do Quadro de Pessoal e Estrutura Administrativa da Câmara Municipal de São Mateus do Sul.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Edival Ferreira Guimarães</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/241/projeto_de_resolucao_0002-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/241/projeto_de_resolucao_0002-2017.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 74 do Regimento Interno.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/242/projeto_de_resolucao_0003-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/242/projeto_de_resolucao_0003-2017.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 156 do Regimento Interno da Câmara Municipal de São Mateus do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Nereu Edmundo Dal-Lago, Edival Ferreira Guimarães, Miguel Ângelo Pissini Magnani Junior</t>
   </si>
   <si>
-    <t>https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/243/projeto_de_resolucao_0004-2017.pdf</t>
+    <t>http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/243/projeto_de_resolucao_0004-2017.pdf</t>
   </si>
   <si>
     <t>Extingue uma vaga de Auxiliar de Serviços Gerais prevista na Resolução 001/2017, anexo I, que dispõe sobre a sobre a organização do Quadro de Pessoal e Estrutura Administrativa da Câmara Municipal de São Mateus do Sul.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -696,68 +696,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/293/projeto_de_lei_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/294/projeto_de_lei_0002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/295/projeto_de_lei_0003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/296/projeto_de_lei_0004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/297/projeto_de_lei_0006-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/298/projeto_de_lei_0007-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/299/projeto_de_lei_0010-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/300/projeto_de_lei_0011-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/301/projeto_de_lei_0012-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/302/projeto_de_lei_0013-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/303/projeto_de_lei_0015-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/304/projeto_de_lei_0016-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/305/projeto_de_lei_0017-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/306/projeto_de_lei_0018-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/307/projeto_de_lei_0019-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/308/projeto_de_lei_0020-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/309/projeto_de_lei_0021-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/249/projeto_de_lei_complementar_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/246/projeto_de_decreto_legislativo_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/240/projeto_de_resolucao_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/241/projeto_de_resolucao_0002-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/242/projeto_de_resolucao_0003-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/243/projeto_de_resolucao_0004-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/293/projeto_de_lei_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/294/projeto_de_lei_0002-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/295/projeto_de_lei_0003-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/296/projeto_de_lei_0004-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/297/projeto_de_lei_0006-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/298/projeto_de_lei_0007-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/299/projeto_de_lei_0010-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/300/projeto_de_lei_0011-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/301/projeto_de_lei_0012-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/302/projeto_de_lei_0013-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/303/projeto_de_lei_0015-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/304/projeto_de_lei_0016-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/305/projeto_de_lei_0017-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/306/projeto_de_lei_0018-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/307/projeto_de_lei_0019-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/308/projeto_de_lei_0020-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/309/projeto_de_lei_0021-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/249/projeto_de_lei_complementar_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/246/projeto_de_decreto_legislativo_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/240/projeto_de_resolucao_0001-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/241/projeto_de_resolucao_0002-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/242/projeto_de_resolucao_0003-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateusdosul.pr.leg.br/media/sapl/public/materialegislativa/2017/243/projeto_de_resolucao_0004-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="197.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>